--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13cb51f1daa04e43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e44695071e4434f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb41a6af4615145f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7741640855f2474e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9aaa547b8db94f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb41a6af4615145f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3bfae0580cd44d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7741640855f2474e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Artificial Intelligence &amp; Big Data UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGV5VN51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,516</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>