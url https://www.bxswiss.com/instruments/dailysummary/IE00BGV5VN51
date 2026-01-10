--- v1 (2025-10-31)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e44695071e4434f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9154c10cb405494b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7741640855f2474e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5e1caef77bd4ec8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3bfae0580cd44d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7741640855f2474e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R249477e66e7b4bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5e1caef77bd4ec8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Artificial Intelligence &amp; Big Data UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGV5VN51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>125,500</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,500</x:t>
-[...490 lines deleted...]
-          <x:t>149,074</x:t>
+          <x:t>139,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>