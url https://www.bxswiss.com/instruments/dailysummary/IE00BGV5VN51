--- v2 (2026-01-10)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9154c10cb405494b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8b68c3e70c84736" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5e1caef77bd4ec8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb44710248ca74e47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R249477e66e7b4bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5e1caef77bd4ec8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2294f21508e04388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb44710248ca74e47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Artificial Intelligence &amp; Big Data UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGV5VN51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>