--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8b68c3e70c84736" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39811ce5089d44d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb44710248ca74e47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82f9486117a44941"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2294f21508e04388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb44710248ca74e47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73e13a08d8864963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82f9486117a44941" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Artificial Intelligence &amp; Big Data UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGV5VN51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,524</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>