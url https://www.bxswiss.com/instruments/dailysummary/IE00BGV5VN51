--- v4 (2026-02-21)
+++ v5 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39811ce5089d44d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23c1a2a47a204d57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82f9486117a44941"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbac24359818348bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73e13a08d8864963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82f9486117a44941" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74fbcfda5dca406b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbac24359818348bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Artificial Intelligence &amp; Big Data UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGV5VN51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...640 lines deleted...]
-          <x:t>139,014</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,434</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>