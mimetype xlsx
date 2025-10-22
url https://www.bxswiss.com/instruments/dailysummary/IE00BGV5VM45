--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63de41a509e442d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2b45582c5bc4ab2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R515c2f20104f434f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe652a215b7d469c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8cd91d68c714773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R515c2f20104f434f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7a7e9f262e943c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe652a215b7d469c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P Europe ex UK UCITS ETF - 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGV5VM45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>