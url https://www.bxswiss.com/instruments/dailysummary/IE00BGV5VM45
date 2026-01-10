--- v1 (2025-10-22)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2b45582c5bc4ab2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c9f560675334194" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe652a215b7d469c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40c5d81abf7e4aca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7a7e9f262e943c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe652a215b7d469c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68fad57b8d0d4a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40c5d81abf7e4aca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P Europe ex UK UCITS ETF - 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGV5VM45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>80,234</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>