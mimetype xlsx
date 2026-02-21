--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c9f560675334194" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d09c37e01834243" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40c5d81abf7e4aca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4158b59449245d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68fad57b8d0d4a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40c5d81abf7e4aca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37219940c4764564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4158b59449245d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P Europe ex UK UCITS ETF - 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGV5VM45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>84,784</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>