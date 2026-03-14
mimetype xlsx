--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d09c37e01834243" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce6414269f3d404d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4158b59449245d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70893c2f1dce4d2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37219940c4764564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4158b59449245d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3403eb4d0e3b4de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70893c2f1dce4d2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P Europe ex UK UCITS ETF - 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGV5VM45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>