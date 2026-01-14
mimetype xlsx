--- v0 (2025-10-04)
+++ v1 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb3af777c2144a40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R849b7fe724b24168" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radbcbd0ae3d94f2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7bef7507dc94522"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R394f9af78f9a4ba2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radbcbd0ae3d94f2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6760cf56875a46e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7bef7507dc94522" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Treasury Bond 0-1yr UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGSF1X88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>93,613</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>