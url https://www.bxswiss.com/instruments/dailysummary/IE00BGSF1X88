--- v1 (2026-01-14)
+++ v2 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R849b7fe724b24168" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4883d78b12154819" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7bef7507dc94522"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R996243dbcf354ef9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6760cf56875a46e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7bef7507dc94522" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff269dcdf1394523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R996243dbcf354ef9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Treasury Bond 0-1yr UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGSF1X88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>95,344</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>