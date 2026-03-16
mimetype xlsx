--- v2 (2026-02-24)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4883d78b12154819" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f3c2486b2f743a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R996243dbcf354ef9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64759c3647bc4aec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff269dcdf1394523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R996243dbcf354ef9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70f639339ea44d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64759c3647bc4aec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Treasury Bond 0-1yr UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGSF1X88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,848</x:t>
-[...193 lines deleted...]
-          <x:t>92,397</x:t>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,643</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...224 lines deleted...]
-          <x:t>91,984</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,418</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>92,445</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>