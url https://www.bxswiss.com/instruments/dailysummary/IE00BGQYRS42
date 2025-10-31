--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9f3793365a94495" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0578cf0978784218" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c77de380e174d85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5f7f3391fa74906"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95fb99faf1054b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c77de380e174d85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb807a11f6984fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5f7f3391fa74906" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Information Technology UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGQYRS42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,768</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>