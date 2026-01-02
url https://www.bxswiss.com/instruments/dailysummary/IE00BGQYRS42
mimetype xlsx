--- v1 (2025-10-31)
+++ v2 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0578cf0978784218" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb580c1cde0c34374" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5f7f3391fa74906"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6326411dc6e4877"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb807a11f6984fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5f7f3391fa74906" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8711e8cc69a64ff3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6326411dc6e4877" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Information Technology UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGQYRS42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>119,015</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>