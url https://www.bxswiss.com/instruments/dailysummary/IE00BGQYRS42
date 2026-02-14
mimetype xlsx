--- v2 (2026-01-02)
+++ v3 (2026-02-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb580c1cde0c34374" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1506fdcb1cc24fa6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6326411dc6e4877"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b68a91b6af049ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8711e8cc69a64ff3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6326411dc6e4877" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6394dc00ce964420" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b68a91b6af049ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Information Technology UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGQYRS42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>112,036</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>