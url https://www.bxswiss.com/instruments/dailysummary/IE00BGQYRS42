--- v3 (2026-02-14)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1506fdcb1cc24fa6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ce6ee204247494c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b68a91b6af049ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R276a346f2a814846"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6394dc00ce964420" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b68a91b6af049ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R397a6f914c4c4436" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R276a346f2a814846" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Information Technology UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGQYRS42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,396</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>