--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ce6ee204247494c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c9fb305ccc545c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R276a346f2a814846"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb85a8f5b4c64787"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R397a6f914c4c4436" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R276a346f2a814846" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8d6c5c9cd8244de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb85a8f5b4c64787" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Information Technology UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGQYRS42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...296 lines deleted...]
-          <x:t>18.02.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,720</x:t>
-[...333 lines deleted...]
-          <x:t>103,531</x:t>
+          <x:t>103,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>