--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc17b6f81b4fd4150" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dbce15cbcd04cf0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R145158e2b1594452"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc51a5a4c1fdb4a3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2874c60750744bc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R145158e2b1594452" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f847d9d3bd143cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc51a5a4c1fdb4a3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Consumer Discretionary UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGQYRR35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>77,569</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,657</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...138 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,171</x:t>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,694</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>