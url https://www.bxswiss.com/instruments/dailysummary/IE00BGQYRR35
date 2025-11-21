--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dbce15cbcd04cf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra16159ff83ea4f63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc51a5a4c1fdb4a3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ed016cbae674b33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f847d9d3bd143cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc51a5a4c1fdb4a3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd7a9feb500741c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ed016cbae674b33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Consumer Discretionary UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGQYRR35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,035</x:t>
-[...576 lines deleted...]
-          <x:t>77,694</x:t>
+          <x:t>77,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>