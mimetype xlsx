--- v2 (2025-11-21)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra16159ff83ea4f63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69988c43bc444f71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ed016cbae674b33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc84594db405e4ec7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd7a9feb500741c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ed016cbae674b33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc28cecb31ffa40ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc84594db405e4ec7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Consumer Discretionary UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGQYRR35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>77,324</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,754</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>74,037</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>