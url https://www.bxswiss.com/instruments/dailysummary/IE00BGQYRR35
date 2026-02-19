--- v3 (2026-01-08)
+++ v4 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69988c43bc444f71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d863f6cb1334c5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc84594db405e4ec7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2d202a3e6654c6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc28cecb31ffa40ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc84594db405e4ec7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b7f37032e924070" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2d202a3e6654c6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Consumer Discretionary UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGQYRR35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,228</x:t>
-[...441 lines deleted...]
-          <x:t>79,266</x:t>
+          <x:t>77,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>