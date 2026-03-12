--- v4 (2026-02-19)
+++ v5 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d863f6cb1334c5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R421bb9bccbd44c16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2d202a3e6654c6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb138913f616c4fd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b7f37032e924070" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2d202a3e6654c6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f41f90bada349b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb138913f616c4fd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Consumer Discretionary UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGQYRR35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...382 lines deleted...]
-          <x:t>72,060</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,683</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>74,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,955</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,770</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>