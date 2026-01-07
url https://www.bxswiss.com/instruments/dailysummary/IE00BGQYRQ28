--- v0 (2025-11-13)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e51760248584e9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aea05bc38ab45aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ba5fcd80fad4f88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref7c76e62c6d47f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R118518b6c28c48b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ba5fcd80fad4f88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6c88b78b92940c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref7c76e62c6d47f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Consumer Staples UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGQYRQ28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>36,848</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,433</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...495 lines deleted...]
-          <x:t>36,595</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,559</x:t>
-[...26 lines deleted...]
-          <x:t>36,641</x:t>
+          <x:t>36,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,544</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>