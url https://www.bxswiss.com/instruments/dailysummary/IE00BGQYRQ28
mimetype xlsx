--- v1 (2026-01-07)
+++ v2 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aea05bc38ab45aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4e90cdb2f7d4af6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref7c76e62c6d47f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa24f7ac0e114917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6c88b78b92940c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref7c76e62c6d47f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad37bd6e37e74d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa24f7ac0e114917" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Consumer Staples UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGQYRQ28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,395</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +224,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>