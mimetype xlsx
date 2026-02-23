--- v2 (2026-02-02)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4e90cdb2f7d4af6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4066eea2b142409a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa24f7ac0e114917"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R698e62832a454b34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad37bd6e37e74d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa24f7ac0e114917" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R482efe5c4a1c4cfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R698e62832a454b34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Consumer Staples UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGQYRQ28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,916</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>