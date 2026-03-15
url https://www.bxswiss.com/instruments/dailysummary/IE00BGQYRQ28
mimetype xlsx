--- v3 (2026-02-23)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4066eea2b142409a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R554907d082fb4761" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R698e62832a454b34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e2a20355bf847c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R482efe5c4a1c4cfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R698e62832a454b34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5a6adee56214f97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e2a20355bf847c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Consumer Staples UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGQYRQ28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>40,815</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,106</x:t>
-[...242 lines deleted...]
-          <x:t>39,916</x:t>
+          <x:t>39,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>