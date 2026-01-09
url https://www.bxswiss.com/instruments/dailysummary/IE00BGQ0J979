--- v0 (2026-01-08)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c8e1d2232d749a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77047693a1f74d07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc177de5dc49348ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reca637f213e742d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb8acc5687474bac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc177de5dc49348ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3fede6128914072" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reca637f213e742d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan USD EM Bond UCITS ETF CHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGQ0J979</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,841</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>