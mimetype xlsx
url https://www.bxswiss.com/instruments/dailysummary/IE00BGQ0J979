--- v1 (2026-01-09)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77047693a1f74d07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc36542821cbb4778" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reca637f213e742d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55a6b3d5287a4811"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3fede6128914072" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reca637f213e742d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c546069c6494930" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55a6b3d5287a4811" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan USD EM Bond UCITS ETF CHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGQ0J979</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>4,855</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,818</x:t>
-[...60 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,853</x:t>
-[...58 lines deleted...]
-          <x:t>4,827</x:t>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>4,869</x:t>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,824</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>4,862</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,832</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>4,852</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>4,828</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>