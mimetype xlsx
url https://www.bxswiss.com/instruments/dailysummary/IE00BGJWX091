--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea6b24b04df94695" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dfe7b608f7b4e26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8123a1b3bb4f46c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2ae125b9b064c38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5fc094caacb4dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8123a1b3bb4f46c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7b70ccc7ec7405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2ae125b9b064c38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 UCITS ETF 1D - EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGJWX091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>78,647</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...127 lines deleted...]
-          <x:t>82,142</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>