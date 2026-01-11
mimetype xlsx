--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dfe7b608f7b4e26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1be41475081d4a46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2ae125b9b064c38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb94122f700074582"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7b70ccc7ec7405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2ae125b9b064c38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7563a31dc1f4c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb94122f700074582" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 UCITS ETF 1D - EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGJWX091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>83,592</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,240</x:t>
-[...290 lines deleted...]
-        <x:is>
           <x:t>81,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>