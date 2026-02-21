--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1be41475081d4a46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa757dbc0667424b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb94122f700074582"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06fbc3d5eab74b32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7563a31dc1f4c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb94122f700074582" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb690375de9944aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06fbc3d5eab74b32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 UCITS ETF 1D - EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGJWX091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>83,831</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,351</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>84,410</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>