--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa757dbc0667424b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc61afcec60cd49ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06fbc3d5eab74b32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f4fd67833514911"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb690375de9944aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06fbc3d5eab74b32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb72807c685f4714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f4fd67833514911" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 UCITS ETF 1D - EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGJWX091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,617</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>