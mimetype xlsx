--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R830c042e150d4d45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88c7bd9204704b5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R284359653cdf4610"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7743411ab884a0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dbde4f2c00440a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R284359653cdf4610" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R830908a6747d4747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7743411ab884a0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI AC World Screened UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGHQ0G80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>39,024</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,950</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>39,241</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,433</x:t>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>