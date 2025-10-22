--- v1 (2025-10-22)
+++ v2 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88c7bd9204704b5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67f488b92a6d4ca0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7743411ab884a0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R744915a4894047ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R830908a6747d4747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7743411ab884a0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R562bea8588e74ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R744915a4894047ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI AC World Screened UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGHQ0G80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -740,28 +740,55 @@
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,959</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>