--- v2 (2025-10-22)
+++ v3 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67f488b92a6d4ca0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1116c259c90a4616" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R744915a4894047ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74ee5c7bcaf5437a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R562bea8588e74ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R744915a4894047ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R846a1d0584d94be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74ee5c7bcaf5437a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI AC World Screened UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGHQ0G80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>39,124</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,735</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>40,042</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,313</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>39,735</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>