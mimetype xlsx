--- v3 (2025-11-14)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1116c259c90a4616" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8b58fd677184976" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74ee5c7bcaf5437a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a1deb0eca2845cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R846a1d0584d94be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74ee5c7bcaf5437a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0401ef272af74b45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a1deb0eca2845cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI AC World Screened UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGHQ0G80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...431 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,761</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>41,003</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,405</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>40,113</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>