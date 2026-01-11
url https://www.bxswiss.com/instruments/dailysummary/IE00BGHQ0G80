--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8b58fd677184976" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb46ae21e3b634aad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a1deb0eca2845cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R063498ee06444e4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0401ef272af74b45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a1deb0eca2845cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9244def24fd4fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R063498ee06444e4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI AC World Screened UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGHQ0G80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>40,708</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,652</x:t>
-[...80 lines deleted...]
-          <x:t>40,690</x:t>
+          <x:t>40,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,749</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.12.2025</x:t>
-[...343 lines deleted...]
-          <x:t>40,680</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>