--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb46ae21e3b634aad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b700803736b493b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R063498ee06444e4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f52aa1c268a40e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9244def24fd4fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R063498ee06444e4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra795db70f0984af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f52aa1c268a40e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI AC World Screened UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGHQ0G80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>40,773</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,545</x:t>
-[...409 lines deleted...]
-          <x:t>42,010</x:t>
+          <x:t>40,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>