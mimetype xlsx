--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b700803736b493b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R741134d5eadf43b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f52aa1c268a40e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bd7227111db4458"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra795db70f0984af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f52aa1c268a40e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d02cd8d6aec4009" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bd7227111db4458" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI AC World Screened UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGHQ0G80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>41,171</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,741</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>