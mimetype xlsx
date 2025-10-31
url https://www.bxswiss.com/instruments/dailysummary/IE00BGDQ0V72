--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf32ad5001979480e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d62619df4c84d7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree46161d1315449d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra08c5d67638a4a1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e65f3f21ad540ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree46161d1315449d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf235a9672384e8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra08c5d67638a4a1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Japan SRI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGDQ0V72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,480</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>6,613</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,643</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>6,673</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,626</x:t>
-[...48 lines deleted...]
-          <x:t>6,718</x:t>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,687</x:t>
-[...33 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>6,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,760</x:t>
-[...306 lines deleted...]
-          <x:t>6,693</x:t>
+          <x:t>6,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>