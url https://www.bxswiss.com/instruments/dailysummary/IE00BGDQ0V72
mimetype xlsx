--- v1 (2025-10-31)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d62619df4c84d7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6448b4c9af624759" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra08c5d67638a4a1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7e8962d756e4835"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf235a9672384e8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra08c5d67638a4a1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cc2cb76f14b49ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7e8962d756e4835" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Japan SRI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGDQ0V72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,865</x:t>
-[...436 lines deleted...]
-          <x:t>6,736</x:t>
+          <x:t>6,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,790</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>6,781</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>