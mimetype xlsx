--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6448b4c9af624759" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb71118526af74b6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7e8962d756e4835"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81e494bd82574658"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cc2cb76f14b49ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7e8962d756e4835" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61371032c356438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81e494bd82574658" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Japan SRI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGDQ0V72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>6,903</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,902</x:t>
-[...242 lines deleted...]
-          <x:t>6,919</x:t>
+          <x:t>6,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,998</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>7,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>7,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,997</x:t>
-[...31 lines deleted...]
-          <x:t>7,026</x:t>
+          <x:t>7,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>