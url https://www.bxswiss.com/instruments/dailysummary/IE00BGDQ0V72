--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb71118526af74b6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd14f8fa769b4b26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81e494bd82574658"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9ba772de0c344ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61371032c356438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81e494bd82574658" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aabaeb99bef468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9ba772de0c344ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Japan SRI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGDQ0V72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,995</x:t>
-[...134 lines deleted...]
-          <x:t>7,020</x:t>
+          <x:t>7,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,948</x:t>
-[...431 lines deleted...]
-          <x:t>7,070</x:t>
+          <x:t>6,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>