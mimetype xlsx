--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00e3d53e43a84b1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcea4352ab3634e40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R050d243015184c2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4167713665934132"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03d121de43d647cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R050d243015184c2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42c42d6ca30540f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4167713665934132" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI Europe SRI UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGDPWW94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,214</x:t>
-[...178 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,303</x:t>
-[...97 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>7,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,271</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>7,362</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>