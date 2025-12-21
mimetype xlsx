--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcea4352ab3634e40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43bcdaa34e2048db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4167713665934132"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60973319ba8d42e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42c42d6ca30540f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4167713665934132" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re98a68043fc147ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60973319ba8d42e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI Europe SRI UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGDPWW94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>7,247</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,245</x:t>
-[...350 lines deleted...]
-          <x:t>7,353</x:t>
+          <x:t>7,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,367</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>7,369</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,399</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>7,546</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>