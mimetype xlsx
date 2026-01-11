--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43bcdaa34e2048db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb055407031da4d28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60973319ba8d42e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb9f413f168d4582"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re98a68043fc147ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60973319ba8d42e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf86cd4641a8e4a32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb9f413f168d4582" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI Europe SRI UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGDPWW94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>7,249</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,219</x:t>
-[...65 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,336</x:t>
-[...31 lines deleted...]
-          <x:t>7,299</x:t>
+          <x:t>7,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,303</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.12.2025</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,363</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>