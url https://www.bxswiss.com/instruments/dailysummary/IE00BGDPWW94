--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb055407031da4d28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3643eccb0703457a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb9f413f168d4582"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb303307df4ba470d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf86cd4641a8e4a32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb9f413f168d4582" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re08da8bce40e41c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb303307df4ba470d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI Europe SRI UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGDPWW94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>7,500</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,577</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>7,560</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,598</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>7,575</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,574</x:t>
-[...4 lines deleted...]
-          <x:t>7,637</x:t>
+          <x:t>7,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>