--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3643eccb0703457a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R171cb517c0444400" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb303307df4ba470d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55a12e67a64c403e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re08da8bce40e41c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb303307df4ba470d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bfb88602f5c4bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55a12e67a64c403e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI Europe SRI UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGDPWW94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,608</x:t>
-[...31 lines deleted...]
-          <x:t>7,600</x:t>
+          <x:t>7,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,611</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>04.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,627</x:t>
-[...333 lines deleted...]
-          <x:t>7,750</x:t>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>