--- v0 (2025-10-07)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e65046803474e75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra410a509ad5f47de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63244f74f9f849d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d8b61afa18840c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7b078c448e148e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63244f74f9f849d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8b13cb4af6f4d2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d8b61afa18840c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco CoinShares Global Blockchain UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGBN6P67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>144,677</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>