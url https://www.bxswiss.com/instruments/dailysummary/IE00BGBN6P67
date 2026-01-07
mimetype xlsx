--- v1 (2025-11-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra410a509ad5f47de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a182f7cf08f405d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d8b61afa18840c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4032492835174222"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8b13cb4af6f4d2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d8b61afa18840c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0daa1eb0e5745a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4032492835174222" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco CoinShares Global Blockchain UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGBN6P67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>123,860</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>