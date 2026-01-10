--- v2 (2026-01-07)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a182f7cf08f405d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfca28ac80b964b7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4032492835174222"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f33259130b84553"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0daa1eb0e5745a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4032492835174222" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f6f03aa15284b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f33259130b84553" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco CoinShares Global Blockchain UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGBN6P67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +548,112 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>