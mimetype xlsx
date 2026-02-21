--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfca28ac80b964b7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R215354d786f6420c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f33259130b84553"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6c73a73048a4b5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f6f03aa15284b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f33259130b84553" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra78cad61e9264cb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6c73a73048a4b5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco CoinShares Global Blockchain UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGBN6P67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>134,276</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>