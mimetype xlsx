--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R215354d786f6420c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94265f91c5794886" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6c73a73048a4b5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3036482f94ea4824"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra78cad61e9264cb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6c73a73048a4b5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fd76bede6b94162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3036482f94ea4824" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco CoinShares Global Blockchain UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGBN6P67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>