--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfc65152dd38493f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf1dd631fd184082" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79a1450fa0134862"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0708f8a16f164375"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb02170d0cf64ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79a1450fa0134862" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R377ead756d644951" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0708f8a16f164375" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity UCITS ETF - CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG88WL21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>12,927</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,819</x:t>
-[...205 lines deleted...]
-          <x:t>13,038</x:t>
+          <x:t>13,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,099</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,117</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>