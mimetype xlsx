--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf1dd631fd184082" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra84dad93f8e843bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0708f8a16f164375"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R247726e5e9dc47b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R377ead756d644951" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0708f8a16f164375" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbc222a731f94e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R247726e5e9dc47b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity UCITS ETF - CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG88WL21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>13,152</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,057</x:t>
-[...38 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>13,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,290</x:t>
-[...242 lines deleted...]
-          <x:t>13,386</x:t>
+          <x:t>13,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,257</x:t>
-[...87 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>13,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,467</x:t>
-[...4 lines deleted...]
-          <x:t>13,342</x:t>
+          <x:t>13,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,452</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>13,354</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>