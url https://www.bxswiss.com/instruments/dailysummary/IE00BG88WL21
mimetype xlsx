--- v2 (2025-11-15)
+++ v3 (2025-12-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra84dad93f8e843bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdce65030fdc4f83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R247726e5e9dc47b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11a7061ef42346b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbc222a731f94e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R247726e5e9dc47b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb256d7c4a2e2413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11a7061ef42346b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity UCITS ETF - CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG88WL21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>13,310</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,404</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>17.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,386</x:t>
-[...43 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,349</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>13,314</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,354</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>13,385</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>