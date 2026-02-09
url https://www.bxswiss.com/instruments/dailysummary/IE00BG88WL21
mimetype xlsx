--- v3 (2025-12-29)
+++ v4 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdce65030fdc4f83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R751e713c936541c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11a7061ef42346b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9760b8493514225"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb256d7c4a2e2413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11a7061ef42346b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79daff225d2a432a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9760b8493514225" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity UCITS ETF - CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG88WL21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...505 lines deleted...]
-          <x:t>13,601</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>