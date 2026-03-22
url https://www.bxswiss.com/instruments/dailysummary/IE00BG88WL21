--- v4 (2026-02-09)
+++ v5 (2026-03-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R751e713c936541c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2c7cbca174a474b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9760b8493514225"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4e5d738d839493d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79daff225d2a432a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9760b8493514225" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2c14326bc4c44cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4e5d738d839493d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity UCITS ETF - CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG88WL21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,686</x:t>
-[...134 lines deleted...]
-          <x:t>15,111</x:t>
+          <x:t>14,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,855</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>14,667</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>