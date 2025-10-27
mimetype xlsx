--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra31cb43d4c4843ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb149d06629dc4878" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3499b7a3c5004bbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c61d0b6a4e74236"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53c033acc2154fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3499b7a3c5004bbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dcd27812441434c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c61d0b6a4e74236" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Variable Rate Preferred Shares UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG21M733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,346</x:t>
-[...102 lines deleted...]
-          <x:t>32,027</x:t>
+          <x:t>32,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,901</x:t>
-[...178 lines deleted...]
-          <x:t>31,966</x:t>
+          <x:t>31,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,078</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>32,088</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>