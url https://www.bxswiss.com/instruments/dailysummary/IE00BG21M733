--- v1 (2025-10-27)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb149d06629dc4878" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54f428baa2e14aa7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c61d0b6a4e74236"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1574f2b3d4514020"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dcd27812441434c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c61d0b6a4e74236" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd849cc157cc94b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1574f2b3d4514020" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Variable Rate Preferred Shares UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG21M733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>32,546</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,602</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>32,073</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,147</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>32,040</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,002</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>