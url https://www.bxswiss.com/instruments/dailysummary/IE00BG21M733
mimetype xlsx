--- v2 (2025-11-16)
+++ v3 (2025-12-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54f428baa2e14aa7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc26a6bec6a414092" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1574f2b3d4514020"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aaf842c174848ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd849cc157cc94b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1574f2b3d4514020" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e02115aa20f4c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aaf842c174848ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Variable Rate Preferred Shares UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG21M733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...311 lines deleted...]
-          <x:t>32,301</x:t>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,444</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>32,519</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,559</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>32,297</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,716</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>32,002</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>