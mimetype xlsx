--- v3 (2025-12-30)
+++ v4 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc26a6bec6a414092" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62ab4238aae84b76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aaf842c174848ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e8f3649a25741de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e02115aa20f4c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aaf842c174848ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3ad21374ac1451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e8f3649a25741de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Variable Rate Preferred Shares UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG21M733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>32,461</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,237</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...342 lines deleted...]
-          <x:t>31,700</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,648</x:t>
-[...16 lines deleted...]
-          <x:t>31,727</x:t>
+          <x:t>31,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,598</x:t>
+          <x:t>31,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>