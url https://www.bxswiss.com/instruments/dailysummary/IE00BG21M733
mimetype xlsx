--- v4 (2026-02-10)
+++ v5 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62ab4238aae84b76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9403e8336794084" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e8f3649a25741de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88456f2f6ad4460b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3ad21374ac1451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e8f3649a25741de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bde69ede9914ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88456f2f6ad4460b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Variable Rate Preferred Shares UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG21M733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,511</x:t>
-[...58 lines deleted...]
-          <x:t>30,851</x:t>
+          <x:t>31,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,926</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>31,059</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>