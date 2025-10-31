--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60ef45ded6fe4a59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0652ec6c6a784f68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf287334b0fd84640"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8d2e28599934963"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcade9033721240a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf287334b0fd84640" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30cdb9ce1ca7423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8d2e28599934963" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI Europe Minimum Volatility UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG13YK79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,451</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,433</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,417</x:t>
-[...21 lines deleted...]
-          <x:t>6,414</x:t>
+          <x:t>6,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,432</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>6,355</x:t>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,371</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>6,281</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,336</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,342</x:t>
-[...112 lines deleted...]
-          <x:t>6,455</x:t>
+          <x:t>6,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>