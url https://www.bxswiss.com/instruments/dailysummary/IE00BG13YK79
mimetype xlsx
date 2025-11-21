--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0652ec6c6a784f68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f4c2bcaed97408f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8d2e28599934963"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74b1e35635824216"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30cdb9ce1ca7423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8d2e28599934963" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8677eb5535f04ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74b1e35635824216" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI Europe Minimum Volatility UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG13YK79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,364</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>6,482</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,444</x:t>
-[...141 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>6,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,460</x:t>
-[...75 lines deleted...]
-          <x:t>6,305</x:t>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,274</x:t>
-[...237 lines deleted...]
-          <x:t>6,378</x:t>
+          <x:t>6,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,372</x:t>
-[...26 lines deleted...]
-          <x:t>6,346</x:t>
+          <x:t>6,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>