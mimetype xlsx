--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f4c2bcaed97408f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4edeac8db894b13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74b1e35635824216"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb91a2934966d4b45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8677eb5535f04ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74b1e35635824216" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12fe702ee0b04df5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb91a2934966d4b45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI Europe Minimum Volatility UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG13YK79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,366</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>21.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,395</x:t>
-[...26 lines deleted...]
-          <x:t>6,416</x:t>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,383</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>6,433</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,421</x:t>
-[...366 lines deleted...]
-        <x:is>
           <x:t>6,436</x:t>
-        </x:is>
-[...143 lines deleted...]
-          <x:t>6,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>