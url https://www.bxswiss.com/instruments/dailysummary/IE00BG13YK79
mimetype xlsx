--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4edeac8db894b13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3b0967e21bd4aea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb91a2934966d4b45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83439abcaf5c42e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12fe702ee0b04df5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb91a2934966d4b45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc59558b274d242e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83439abcaf5c42e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI Europe Minimum Volatility UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG13YK79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>6,253</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>6,378</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,326</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>6,420</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>02.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,434</x:t>
-[...43 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>6,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,417</x:t>
-[...264 lines deleted...]
-          <x:t>6,383</x:t>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,356</x:t>
-[...31 lines deleted...]
-          <x:t>6,436</x:t>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>