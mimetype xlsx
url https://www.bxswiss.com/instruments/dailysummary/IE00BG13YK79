--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3b0967e21bd4aea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00467529b8e44c71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83439abcaf5c42e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf173f0bb9964626"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc59558b274d242e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83439abcaf5c42e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R912adbc2e3ab48f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf173f0bb9964626" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI Europe Minimum Volatility UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG13YK79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>6,383</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,356</x:t>
-[...26 lines deleted...]
-          <x:t>6,389</x:t>
+          <x:t>6,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,436</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,504</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>6,555</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,521</x:t>
-[...4 lines deleted...]
-          <x:t>6,558</x:t>
+          <x:t>6,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>