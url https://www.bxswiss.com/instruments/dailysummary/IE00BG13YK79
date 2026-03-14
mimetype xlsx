--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00467529b8e44c71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb717e1d197364b64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf173f0bb9964626"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd94cf7fde4eb4b49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R912adbc2e3ab48f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf173f0bb9964626" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R753920072bb04381" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd94cf7fde4eb4b49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI Europe Minimum Volatility UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG13YK79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>6,515</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,474</x:t>
-[...571 lines deleted...]
-          <x:t>6,786</x:t>
+          <x:t>6,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>