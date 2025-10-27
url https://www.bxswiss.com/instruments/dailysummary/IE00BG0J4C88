--- v0 (2025-10-05)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dad342d198a4f39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24aec19ccb3f44cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b493887c43c4278"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f28b764fc8f421e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23d93b6251f34eea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b493887c43c4278" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra18c55817ad74a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f28b764fc8f421e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Digital Security UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG0J4C88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,280</x:t>
+          <x:t>8,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,211</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,310</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>8,325</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>