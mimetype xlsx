--- v1 (2025-10-27)
+++ v2 (2025-11-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24aec19ccb3f44cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf06ff5c4532c4769" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f28b764fc8f421e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4281bfffed5c4d1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra18c55817ad74a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f28b764fc8f421e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11a8d99a448b4f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4281bfffed5c4d1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Digital Security UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG0J4C88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,219</x:t>
-[...97 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,255</x:t>
-[...139 lines deleted...]
-          <x:t>8,282</x:t>
+          <x:t>8,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,412</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>8,252</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,306</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>8,419</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>