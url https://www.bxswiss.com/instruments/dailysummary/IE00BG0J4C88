--- v2 (2025-11-18)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf06ff5c4532c4769" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra173cca9c8db49b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4281bfffed5c4d1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15b553d0396248a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11a8d99a448b4f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4281bfffed5c4d1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c21257de38c433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15b553d0396248a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Digital Security UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG0J4C88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,009</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...536 lines deleted...]
-          <x:t>8,003</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,850</x:t>
-[...11 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>8,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,084</x:t>
-[...9 lines deleted...]
-          <x:t>7,986</x:t>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>