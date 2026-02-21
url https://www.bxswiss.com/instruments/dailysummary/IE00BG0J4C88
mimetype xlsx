--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra173cca9c8db49b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R539e845f6bf74a45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15b553d0396248a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1783b6634c0944c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c21257de38c433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15b553d0396248a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15e3252c1d8947ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1783b6634c0944c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Digital Security UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG0J4C88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>8,060</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,021</x:t>
-[...80 lines deleted...]
-          <x:t>8,146</x:t>
+          <x:t>7,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>