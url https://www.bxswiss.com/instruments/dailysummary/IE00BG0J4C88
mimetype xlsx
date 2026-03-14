--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R539e845f6bf74a45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93260236c78448e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1783b6634c0944c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd919403c845d4e99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15e3252c1d8947ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1783b6634c0944c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26cb3b6baffd46e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd919403c845d4e99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Digital Security UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG0J4C88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>7,522</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,583</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>7,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,518</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>7,489</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,362</x:t>
-[...107 lines deleted...]
-          <x:t>7,540</x:t>
+          <x:t>7,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,652</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...58 lines deleted...]
-          <x:t>7,486</x:t>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,404</x:t>
-[...97 lines deleted...]
-          <x:t>7,583</x:t>
+          <x:t>7,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,597</x:t>
-        </x:is>
-[...35 lines deleted...]
-          <x:t>7,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>