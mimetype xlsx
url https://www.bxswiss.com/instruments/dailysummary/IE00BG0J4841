--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R754a06cd4a654c51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a761fc4d2a547ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R551a35d7efee47ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfe7c25d1cfd4e12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d3322aaa294e68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R551a35d7efee47ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea74fd6fa17e4f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfe7c25d1cfd4e12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Digital Security UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG0J4841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>11,207</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,206</x:t>
-[...168 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>11,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,358</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>11,517</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>