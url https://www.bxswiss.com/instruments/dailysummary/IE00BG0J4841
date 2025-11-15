--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a761fc4d2a547ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29f7eab5da5b4851" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfe7c25d1cfd4e12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aa0f628da2f4d3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea74fd6fa17e4f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfe7c25d1cfd4e12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75e06cb81b294720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aa0f628da2f4d3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Digital Security UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG0J4841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>11,584</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,498</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,515</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>11,332</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,302</x:t>
-[...65 lines deleted...]
-          <x:t>11,232</x:t>
+          <x:t>11,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,190</x:t>
-[...463 lines deleted...]
-          <x:t>11,648</x:t>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>