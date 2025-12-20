--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29f7eab5da5b4851" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3991bb3a38144ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aa0f628da2f4d3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a32f8d04d3a48d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75e06cb81b294720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aa0f628da2f4d3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a4b9171ab0b4edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a32f8d04d3a48d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Digital Security UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG0J4841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>11,075</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,162</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...527 lines deleted...]
-          <x:t>10,904</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>