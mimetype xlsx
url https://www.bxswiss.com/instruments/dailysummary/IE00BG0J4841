--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3991bb3a38144ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f337321e412413a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a32f8d04d3a48d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc08dbdbbf760490a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a4b9171ab0b4edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a32f8d04d3a48d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77bfc28339fe42f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc08dbdbbf760490a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Digital Security UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG0J4841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>11,104</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,179</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>11,054</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,028</x:t>
-[...53 lines deleted...]
-          <x:t>10,980</x:t>
+          <x:t>11,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,112</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>11,158</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>