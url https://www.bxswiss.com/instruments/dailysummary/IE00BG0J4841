--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f337321e412413a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d750d783c5b49ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc08dbdbbf760490a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R576a7144a58846c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77bfc28339fe42f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc08dbdbbf760490a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52cdeec3f4c44f3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R576a7144a58846c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Digital Security UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG0J4841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>11,218</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,178</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>11,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,994</x:t>
-[...112 lines deleted...]
-          <x:t>11,189</x:t>
+          <x:t>11,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>