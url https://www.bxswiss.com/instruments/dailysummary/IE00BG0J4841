--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d750d783c5b49ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec116521c4384231" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R576a7144a58846c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R672ebe59da664779"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52cdeec3f4c44f3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R576a7144a58846c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd341f158b44d4cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R672ebe59da664779" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Digital Security UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG0J4841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>10,965</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,925</x:t>
-[...168 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,932</x:t>
-[...414 lines deleted...]
-          <x:t>10,825</x:t>
+          <x:t>10,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>