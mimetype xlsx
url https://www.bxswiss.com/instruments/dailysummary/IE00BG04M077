--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd9b6807ddf241a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebfdcfc797254476" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d039fd25be741c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra23aaf84e22f4284"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R387ce8611929458e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d039fd25be741c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd99248412f0d4daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra23aaf84e22f4284" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA UCITS ETF 2C - EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG04M077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,926</x:t>
-[...4 lines deleted...]
-          <x:t>125,093</x:t>
+          <x:t>125,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,264</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...235 lines deleted...]
-          <x:t>126,488</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>