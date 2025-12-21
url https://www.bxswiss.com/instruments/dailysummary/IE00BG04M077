--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebfdcfc797254476" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R617e70fc74f747f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra23aaf84e22f4284"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R039e9d0b4b6b4418"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd99248412f0d4daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra23aaf84e22f4284" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf386e421cef44b55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R039e9d0b4b6b4418" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA UCITS ETF 2C - EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG04M077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>126,948</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>