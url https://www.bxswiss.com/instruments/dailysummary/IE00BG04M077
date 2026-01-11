--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R617e70fc74f747f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R603919c19c4c45af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R039e9d0b4b6b4418"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c4c7082f0974a6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf386e421cef44b55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R039e9d0b4b6b4418" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7015e0804fbf4fd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c4c7082f0974a6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA UCITS ETF 2C - EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG04M077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>125,644</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,077</x:t>
-[...26 lines deleted...]
-          <x:t>127,198</x:t>
+          <x:t>127,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,046</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...447 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>