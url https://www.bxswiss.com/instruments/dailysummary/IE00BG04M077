--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R603919c19c4c45af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd5f45c1f3e24f0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c4c7082f0974a6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bc7f0baca84426f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7015e0804fbf4fd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c4c7082f0974a6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6f515a43b19458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bc7f0baca84426f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA UCITS ETF 2C - EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG04M077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>127,770</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,090</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>130,188</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>