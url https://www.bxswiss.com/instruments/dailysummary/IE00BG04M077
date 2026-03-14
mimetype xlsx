--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd5f45c1f3e24f0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13985d5eb78c4f83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bc7f0baca84426f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R464331d75be54af8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6f515a43b19458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bc7f0baca84426f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cf23f889410403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R464331d75be54af8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA UCITS ETF 2C - EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG04M077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,95 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>126,261</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,641</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...128 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,110</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,088</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>