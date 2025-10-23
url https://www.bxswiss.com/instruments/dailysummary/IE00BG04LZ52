--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf940d696f70d40b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46c1a6dd58e341bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcf915f65a6c4b4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e496f4c03ad494d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b0f3a3c9abb495f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcf915f65a6c4b4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b762b80b03d46b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e496f4c03ad494d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA UCITS ETF 3C - CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG04LZ52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>