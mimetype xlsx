--- v1 (2025-10-23)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46c1a6dd58e341bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf72a98cbbf9d4582" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e496f4c03ad494d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R299ca83749a845e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b762b80b03d46b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e496f4c03ad494d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd703cd2276ec42e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R299ca83749a845e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA UCITS ETF 3C - CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG04LZ52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>149,670</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,080</x:t>
-[...65 lines deleted...]
-          <x:t>148,516</x:t>
+          <x:t>149,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,450</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...278 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,980</x:t>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>