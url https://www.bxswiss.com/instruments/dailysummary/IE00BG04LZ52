--- v2 (2025-11-13)
+++ v3 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf72a98cbbf9d4582" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fadf6a3678f44e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R299ca83749a845e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c206a18154b4a06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd703cd2276ec42e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R299ca83749a845e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a0b8b6424dd40e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c206a18154b4a06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA UCITS ETF 3C - CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG04LZ52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...387 lines deleted...]
-          <x:t>154,390</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,250</x:t>
-[...215 lines deleted...]
-          <x:t>153,092</x:t>
+          <x:t>153,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>