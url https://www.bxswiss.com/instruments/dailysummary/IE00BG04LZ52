--- v3 (2026-01-15)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fadf6a3678f44e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eb1b987bbff4652" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c206a18154b4a06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re71791bcc9754a44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a0b8b6424dd40e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c206a18154b4a06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d7f3fbd24344d48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re71791bcc9754a44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA UCITS ETF 3C - CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG04LZ52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,293 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,756</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>