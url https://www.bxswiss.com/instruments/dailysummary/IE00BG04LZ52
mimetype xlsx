--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eb1b987bbff4652" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4c3046c4b0f41d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re71791bcc9754a44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11ccc48b7c4448dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d7f3fbd24344d48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re71791bcc9754a44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c49852e23ea44c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11ccc48b7c4448dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA UCITS ETF 3C - CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG04LZ52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>152,530</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,297</x:t>
-[...323 lines deleted...]
-          <x:t>150,620</x:t>
+          <x:t>151,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>