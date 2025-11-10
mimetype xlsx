--- v0 (2025-10-07)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69e7985729a744d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R471bae55323e4246" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra331f695a5a74c88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d18eb2a261b4026"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e89963d3f1a4664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra331f695a5a74c88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R570a01cf81474f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d18eb2a261b4026" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFZXGZ54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>338,113</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,168</x:t>
-        </x:is>
-[...52 lines deleted...]
-          <x:t>339,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>