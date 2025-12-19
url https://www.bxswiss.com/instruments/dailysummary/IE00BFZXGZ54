--- v1 (2025-11-10)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R471bae55323e4246" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8cd36cddcae42f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d18eb2a261b4026"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bc38d08bc1d4a38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R570a01cf81474f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d18eb2a261b4026" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56364749f8a945fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bc38d08bc1d4a38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFZXGZ54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>339,168</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>