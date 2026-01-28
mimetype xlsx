--- v2 (2025-12-19)
+++ v3 (2026-01-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8cd36cddcae42f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8282714bffd245eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bc38d08bc1d4a38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bf9fa663b6d4c20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56364749f8a945fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bc38d08bc1d4a38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R635f864674a34c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bf9fa663b6d4c20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFZXGZ54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>340,807</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>