--- v3 (2026-01-28)
+++ v4 (2026-02-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8282714bffd245eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3dc3101be804843" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bf9fa663b6d4c20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaa6a3a94e6e4120"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R635f864674a34c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bf9fa663b6d4c20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb475e69b24944b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaa6a3a94e6e4120" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFZXGZ54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,174</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -656,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>