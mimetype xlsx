--- v4 (2026-02-17)
+++ v5 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3dc3101be804843" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96548482a5ab4994" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaa6a3a94e6e4120"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72f1cbf739574571"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb475e69b24944b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaa6a3a94e6e4120" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff6829becef2436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72f1cbf739574571" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFZXGZ54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>