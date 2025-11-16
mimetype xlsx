--- v0 (2025-10-08)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68afedd049944462" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45b36f0c4f3c4ec6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bd01bb17a794ecd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R193dbb194c9a4f8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9cbe378a4c142bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bd01bb17a794ecd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82a0e1ce95bf41e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R193dbb194c9a4f8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf EMQQ Emerging Markets Internet &amp; Ecommerce UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFYN8Y92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,307</x:t>
-[...4 lines deleted...]
-          <x:t>10,189</x:t>
+          <x:t>10,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,205</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>10,627</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,879</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>