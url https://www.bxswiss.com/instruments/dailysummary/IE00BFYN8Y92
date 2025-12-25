--- v1 (2025-11-16)
+++ v2 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45b36f0c4f3c4ec6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c45b18fa875455f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R193dbb194c9a4f8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d0531bcd5504b1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82a0e1ce95bf41e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R193dbb194c9a4f8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87225a82c3b84e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d0531bcd5504b1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf EMQQ Emerging Markets Internet &amp; Ecommerce UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFYN8Y92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,026</x:t>
-[...549 lines deleted...]
-          <x:t>9,879</x:t>
+          <x:t>9,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>