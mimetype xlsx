--- v2 (2025-12-25)
+++ v3 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c45b18fa875455f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a0dbd5280634054" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d0531bcd5504b1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27a05b1c288444a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87225a82c3b84e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d0531bcd5504b1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28686d5599214f40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27a05b1c288444a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf EMQQ Emerging Markets Internet &amp; Ecommerce UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFYN8Y92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>9,580</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,711</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>9,763</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,728</x:t>
-[...463 lines deleted...]
-          <x:t>9,294</x:t>
+          <x:t>9,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,643</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>