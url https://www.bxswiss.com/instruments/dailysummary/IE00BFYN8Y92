--- v3 (2026-01-15)
+++ v4 (2026-02-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a0dbd5280634054" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd1bebf59a2c43b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27a05b1c288444a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8770d0f60944707"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28686d5599214f40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27a05b1c288444a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aad1a7f3323487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8770d0f60944707" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf EMQQ Emerging Markets Internet &amp; Ecommerce UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFYN8Y92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>9,404</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,344</x:t>
-[...301 lines deleted...]
-          <x:t>9,643</x:t>
+          <x:t>9,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>