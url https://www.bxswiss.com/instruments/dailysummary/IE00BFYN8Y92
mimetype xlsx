--- v4 (2026-02-07)
+++ v5 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd1bebf59a2c43b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1779382be204b67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8770d0f60944707"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b17779670de4cb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aad1a7f3323487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8770d0f60944707" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1ca07c4a22b4b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b17779670de4cb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf EMQQ Emerging Markets Internet &amp; Ecommerce UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFYN8Y92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>19.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...202 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,191</x:t>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,252</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>