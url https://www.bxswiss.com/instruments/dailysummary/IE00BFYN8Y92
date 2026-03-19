--- v5 (2026-02-27)
+++ v6 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1779382be204b67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdf52fc7bafe47d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b17779670de4cb9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc1773eb1d284353"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1ca07c4a22b4b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b17779670de4cb9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d2f2e16c6ca4f22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc1773eb1d284353" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf EMQQ Emerging Markets Internet &amp; Ecommerce UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFYN8Y92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,627 +149,222 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>8,766</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,648</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>8,525</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,482</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>8,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,417</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,371</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>