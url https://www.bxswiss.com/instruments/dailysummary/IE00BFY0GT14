--- v0 (2025-10-08)
+++ v1 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0038583c88ff4eff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1654062d37148ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2b4323219c045b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17ff08806e334df6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00bf23cb78d04daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2b4323219c045b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0f01865d7204510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17ff08806e334df6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFY0GT14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>37,098</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>