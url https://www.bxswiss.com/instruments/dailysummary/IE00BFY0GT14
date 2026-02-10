--- v1 (2026-01-01)
+++ v2 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1654062d37148ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca68a3cf44854537" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17ff08806e334df6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ea305baf5854bd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0f01865d7204510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17ff08806e334df6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e3246181e444016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ea305baf5854bd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFY0GT14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>37,892</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,862</x:t>
-[...485 lines deleted...]
-          <x:t>37,963</x:t>
+          <x:t>37,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>