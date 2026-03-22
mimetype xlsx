--- v2 (2026-02-10)
+++ v3 (2026-03-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca68a3cf44854537" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dc42d2290df4411" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ea305baf5854bd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2b926c8d67430f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e3246181e444016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ea305baf5854bd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd05d4ceb00e45f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2b926c8d67430f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFY0GT14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>37,697</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,637</x:t>
-[...38 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>37,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,678</x:t>
-[...171 lines deleted...]
-          <x:t>37,833</x:t>
+          <x:t>37,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>