--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R699d5a00ed2f4d8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recb92b0dafdd4722" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ee6f2d36ece40c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R603bb3f475244ad2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf20f7784cb940e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ee6f2d36ece40c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa8d085a49b84610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R603bb3f475244ad2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Multi-Strategy Enhanced Commodities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFXR6159</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>11,897</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,866</x:t>
-[...11 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>11,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,916</x:t>
-[...409 lines deleted...]
-          <x:t>12,031</x:t>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,118</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>11,866</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>