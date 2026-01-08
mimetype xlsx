--- v1 (2025-11-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recb92b0dafdd4722" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd21d8eddeb0a4731" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R603bb3f475244ad2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0617c20b3f34914"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa8d085a49b84610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R603bb3f475244ad2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re849e18880f7405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0617c20b3f34914" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Multi-Strategy Enhanced Commodities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFXR6159</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>11,956</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,817</x:t>
-[...26 lines deleted...]
-          <x:t>11,719</x:t>
+          <x:t>12,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,766</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>12,003</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,944</x:t>
-[...436 lines deleted...]
-          <x:t>11,939</x:t>
+          <x:t>11,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>