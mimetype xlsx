--- v2 (2026-01-08)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd21d8eddeb0a4731" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51c30178bde34910" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0617c20b3f34914"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R523cb3305d3c4972"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re849e18880f7405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0617c20b3f34914" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d057083ea30442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R523cb3305d3c4972" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Multi-Strategy Enhanced Commodities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFXR6159</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,424 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>12,014</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,877</x:t>
-[...204 lines deleted...]
-        <x:is>
           <x:t>11,976</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,046</x:t>
@@ -602,31 +251,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,544</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>