--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51c30178bde34910" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c13d6bde72845fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R523cb3305d3c4972"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce63325de16b475d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d057083ea30442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R523cb3305d3c4972" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05a5ba3590cb4ac1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce63325de16b475d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Multi-Strategy Enhanced Commodities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFXR6159</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,215</x:t>
-[...495 lines deleted...]
-          <x:t>12,544</x:t>
+          <x:t>12,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>