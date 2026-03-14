--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c13d6bde72845fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54d48168f89347fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce63325de16b475d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fb6122e687e4e2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05a5ba3590cb4ac1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce63325de16b475d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1d5d8a4138e4ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fb6122e687e4e2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Multi-Strategy Enhanced Commodities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFXR6159</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,455</x:t>
-[...156 lines deleted...]
-          <x:t>12,460</x:t>
+          <x:t>12,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,369</x:t>
-[...409 lines deleted...]
-          <x:t>12,516</x:t>
+          <x:t>12,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>