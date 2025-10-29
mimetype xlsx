--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73b363ca730f4a3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2383e0336bda4521" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc31c29039114dec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc81d1c49b98b49f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5729a4210fe541d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc31c29039114dec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7776be925454149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc81d1c49b98b49f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Communication Services Select Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFWFPX50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>41,528</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,399</x:t>
-[...48 lines deleted...]
-          <x:t>42,374</x:t>
+          <x:t>40,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,737</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>41,132</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>