--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2383e0336bda4521" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa9764e3245e4273" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc81d1c49b98b49f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15fc76d027924c70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7776be925454149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc81d1c49b98b49f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb641f5b1fd947f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15fc76d027924c70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Communication Services Select Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFWFPX50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>41,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>41,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,692</x:t>
-[...463 lines deleted...]
-          <x:t>41,631</x:t>
+          <x:t>40,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>