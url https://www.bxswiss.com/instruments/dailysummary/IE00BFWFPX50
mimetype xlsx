--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa9764e3245e4273" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99a87e5f241b4764" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15fc76d027924c70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb677df442a74305"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb641f5b1fd947f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15fc76d027924c70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f9978338e044358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb677df442a74305" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Communication Services Select Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFWFPX50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>41,596</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,351</x:t>
-[...490 lines deleted...]
-          <x:t>41,657</x:t>
+          <x:t>42,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>