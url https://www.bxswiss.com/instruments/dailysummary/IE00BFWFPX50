--- v3 (2026-01-01)
+++ v4 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99a87e5f241b4764" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R994093280eae4d21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb677df442a74305"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R327783d9d0c24464"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f9978338e044358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb677df442a74305" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R553140373205469b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R327783d9d0c24464" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Communication Services Select Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFWFPX50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>42,906</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,596</x:t>
-[...97 lines deleted...]
-          <x:t>42,146</x:t>
+          <x:t>42,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,545</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,912</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>42,094</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>