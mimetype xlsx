--- v4 (2026-02-12)
+++ v5 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R994093280eae4d21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f491a6436924d41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R327783d9d0c24464"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70a774a08c7b4ba4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R553140373205469b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R327783d9d0c24464" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0b7e567d5614cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70a774a08c7b4ba4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Communication Services Select Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFWFPX50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>41,663</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,292</x:t>
-[...129 lines deleted...]
-          <x:t>41,655</x:t>
+          <x:t>41,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,645</x:t>
-[...323 lines deleted...]
-          <x:t>41,175</x:t>
+          <x:t>42,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>