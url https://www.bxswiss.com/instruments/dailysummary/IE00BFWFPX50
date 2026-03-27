--- v5 (2026-03-07)
+++ v6 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f491a6436924d41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd532bfef9264bc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70a774a08c7b4ba4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3439caf47e34e70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0b7e567d5614cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70a774a08c7b4ba4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02d1a829263344e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3439caf47e34e70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Communication Services Select Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFWFPX50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...139 lines deleted...]
-          <x:t>41,174</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,872</x:t>
-[...21 lines deleted...]
-          <x:t>41,627</x:t>
+          <x:t>41,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,120</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>41,995</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>