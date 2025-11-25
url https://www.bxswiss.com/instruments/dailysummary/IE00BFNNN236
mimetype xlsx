--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1f46a6184d5412d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R968b5310d57d464b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8215e3483f5f4caf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2d3a4b87a904857"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R819276a8a1f64915" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8215e3483f5f4caf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c7ff69b97c243c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2d3a4b87a904857" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree AT1 CoCo Bond UCITS ETF - EUR hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNNN236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,867</x:t>
-[...107 lines deleted...]
-          <x:t>79,647</x:t>
+          <x:t>78,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,257</x:t>
-[...80 lines deleted...]
-          <x:t>78,930</x:t>
+          <x:t>79,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>