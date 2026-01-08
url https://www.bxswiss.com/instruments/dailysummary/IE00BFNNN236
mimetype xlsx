--- v1 (2025-11-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R968b5310d57d464b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd00eed954fd845ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2d3a4b87a904857"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabf7a117a586486b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c7ff69b97c243c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2d3a4b87a904857" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07dacc8f7b76413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabf7a117a586486b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree AT1 CoCo Bond UCITS ETF - EUR hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNNN236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>79,213</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>