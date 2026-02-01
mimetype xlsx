--- v2 (2026-01-08)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd00eed954fd845ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda37da632a5d4ea4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabf7a117a586486b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9c3ccf04b6d4a96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07dacc8f7b76413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabf7a117a586486b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73ea7e8973324e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9c3ccf04b6d4a96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree AT1 CoCo Bond UCITS ETF - EUR hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNNN236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +224,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>