--- v3 (2026-02-01)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda37da632a5d4ea4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R383af4478ceb4222" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9c3ccf04b6d4a96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e51d0482d4b4fad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73ea7e8973324e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9c3ccf04b6d4a96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfce51d79ee14407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e51d0482d4b4fad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree AT1 CoCo Bond UCITS ETF - EUR hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNNN236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,443 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>78,856</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,271</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>79,598</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,806</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>79,270</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,199</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>79,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,442</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,304</x:t>
         </x:is>
       </x:c>
@@ -683,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>