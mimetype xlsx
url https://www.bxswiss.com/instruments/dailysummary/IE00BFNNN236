--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R383af4478ceb4222" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11fdea773ce64814" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e51d0482d4b4fad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R510ff7d33efc4a9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfce51d79ee14407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e51d0482d4b4fad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bda167196214b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R510ff7d33efc4a9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree AT1 CoCo Bond UCITS ETF - EUR hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNNN236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>78,813</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,948</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>78,371</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,721</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>78,948</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>