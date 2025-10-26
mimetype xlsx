--- v0 (2025-10-05)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92b07833a76d4263" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1ed3bafff414a4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70b80ad52f424338"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9903485c4a7b492d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29e86e53f0d5489c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70b80ad52f424338" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e736f875ec64d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9903485c4a7b492d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree AT1 CoCo Bond UCITS ETF - USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNNN012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>79,497</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,921</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>78,967</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>