--- v1 (2025-10-26)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1ed3bafff414a4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60ad6a8036444175" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9903485c4a7b492d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59e872a0c1ca4bee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e736f875ec64d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9903485c4a7b492d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7112f705ca34fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59e872a0c1ca4bee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree AT1 CoCo Bond UCITS ETF - USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNNN012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>79,675</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,506</x:t>
-[...458 lines deleted...]
-          <x:t>78,011</x:t>
+          <x:t>80,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,023</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>79,184</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>