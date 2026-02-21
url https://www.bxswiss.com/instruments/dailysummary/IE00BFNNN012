--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60ad6a8036444175" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5ed5fb4fbe04cfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59e872a0c1ca4bee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa1ce38e6b3848e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7112f705ca34fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59e872a0c1ca4bee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R744cedaa5dd3483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa1ce38e6b3848e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree AT1 CoCo Bond UCITS ETF - USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNNN012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>79,461</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>