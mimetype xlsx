--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5ed5fb4fbe04cfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce5a87c085f649ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa1ce38e6b3848e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c3eca7c9ab84b96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R744cedaa5dd3483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa1ce38e6b3848e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93d37afb978d43f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c3eca7c9ab84b96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree AT1 CoCo Bond UCITS ETF - USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNNN012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>78,145</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,266</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>03.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,576</x:t>
-[...360 lines deleted...]
-          <x:t>78,630</x:t>
+          <x:t>78,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>