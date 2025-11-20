--- v0 (2025-10-31)
+++ v1 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R007c08cebc154858" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R426f8eb5ee9f480c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a9b8eb7424249c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f0edafdb7084a1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a1bfe7a09364a0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a9b8eb7424249c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd78d2146675d4b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f0edafdb7084a1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EM IMI Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3N12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>7,225</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,306</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...337 lines deleted...]
-          <x:t>7,358</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,302</x:t>
-[...161 lines deleted...]
-          <x:t>7,468</x:t>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>