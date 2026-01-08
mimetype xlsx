--- v1 (2025-11-20)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R426f8eb5ee9f480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8092860cc2344d8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f0edafdb7084a1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86646fd0b58a4492"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd78d2146675d4b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f0edafdb7084a1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c7db9c295bd4612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86646fd0b58a4492" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EM IMI Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3N12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...117 lines deleted...]
-          <x:t>7,458</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,423</x:t>
-[...124 lines deleted...]
-          <x:t>7,460</x:t>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,417</x:t>
-[...350 lines deleted...]
-          <x:t>7,250</x:t>
+          <x:t>7,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,728</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>