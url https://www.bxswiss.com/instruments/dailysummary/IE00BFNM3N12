--- v2 (2026-01-08)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8092860cc2344d8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02ca1b4e50364b63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86646fd0b58a4492"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49a2ededd8d54051"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c7db9c295bd4612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86646fd0b58a4492" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d9a3042bd204b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49a2ededd8d54051" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EM IMI Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3N12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>7,728</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>