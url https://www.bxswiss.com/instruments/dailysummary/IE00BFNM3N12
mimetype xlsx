--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02ca1b4e50364b63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4bb7d09ab1540af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49a2ededd8d54051"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9bc3dd297f6441c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d9a3042bd204b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49a2ededd8d54051" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b9f53855742474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9bc3dd297f6441c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EM IMI Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3N12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>7,884</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,764</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,873</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>8,390</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>