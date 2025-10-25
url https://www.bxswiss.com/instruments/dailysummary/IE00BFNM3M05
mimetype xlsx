--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e0ce2eb54004fcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f6350ff812c47c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2e2c2e3eea14f8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81e99fe16c1b40d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2050aa426e14357" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2e2c2e3eea14f8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2840db0254ff48d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81e99fe16c1b40d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Japan Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3M05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>6,850</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,914</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>10.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,103</x:t>
-[...463 lines deleted...]
-          <x:t>7,137</x:t>
+          <x:t>7,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>