--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f6350ff812c47c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R302b0dbd6001408b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81e99fe16c1b40d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree4ed792d4af4a51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2840db0254ff48d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81e99fe16c1b40d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R143f5277df564834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree4ed792d4af4a51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Japan Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3M05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>7,118</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,043</x:t>
+          <x:t>7,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>7,023</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,065</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>06.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,305</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...288 lines deleted...]
-          <x:t>21.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,251</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>7,186</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,164</x:t>
-[...31 lines deleted...]
-          <x:t>7,239</x:t>
+          <x:t>7,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>