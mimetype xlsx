--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R302b0dbd6001408b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94cfe162924c4885" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree4ed792d4af4a51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a48e898f13d4c35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R143f5277df564834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree4ed792d4af4a51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09b18a4ae8384e90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a48e898f13d4c35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Japan Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3M05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>7,295</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,285</x:t>
-[...168 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>7,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,346</x:t>
-[...4 lines deleted...]
-          <x:t>7,315</x:t>
+          <x:t>7,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,332</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>7,268</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>