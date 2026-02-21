--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94cfe162924c4885" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a17c711ae5749b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a48e898f13d4c35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99da1a1afc564f34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09b18a4ae8384e90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a48e898f13d4c35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf48ad8e5632644fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99da1a1afc564f34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Japan Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3M05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>7,579</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,487</x:t>
-[...85 lines deleted...]
-          <x:t>7,603</x:t>
+          <x:t>7,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>