--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a17c711ae5749b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6c2e3d334684788" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99da1a1afc564f34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re925147c256e4cbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf48ad8e5632644fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99da1a1afc564f34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd38801cc91d40fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re925147c256e4cbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Japan Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3M05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>7,611</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,544</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>7,656</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,653</x:t>
-[...566 lines deleted...]
-          <x:t>8,158</x:t>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>