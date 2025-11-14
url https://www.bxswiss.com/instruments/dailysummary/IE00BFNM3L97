--- v0 (2025-10-22)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3b18b4af3f64e02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cc5632023d245c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d77cafce8de427b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6a6e2c3b86746e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ffb1221bb3e4bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d77cafce8de427b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5b721ca299c480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6a6e2c3b86746e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Japan Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3L97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>8,065</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,049</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>8,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,916</x:t>
-[...48 lines deleted...]
-          <x:t>8,284</x:t>
+          <x:t>8,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,132</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,243</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,269</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>8,192</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,252</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>