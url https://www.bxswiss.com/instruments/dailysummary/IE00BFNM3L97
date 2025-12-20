--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cc5632023d245c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R804483e74c7b48a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6a6e2c3b86746e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86bb146f2ea54323"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5b721ca299c480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6a6e2c3b86746e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13e407fc42de4381" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86bb146f2ea54323" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Japan Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3L97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...122 lines deleted...]
-          <x:t>7,973</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,073</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>8,193</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,275</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>8,192</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,127</x:t>
-[...436 lines deleted...]
-          <x:t>8,252</x:t>
+          <x:t>8,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>