--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R804483e74c7b48a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ec57e5551b34a5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86bb146f2ea54323"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda7ae6f86c0f46ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13e407fc42de4381" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86bb146f2ea54323" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ffbe254ea84744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda7ae6f86c0f46ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Japan Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3L97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>8,169</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,132</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>8,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,231</x:t>
-[...124 lines deleted...]
-          <x:t>8,271</x:t>
+          <x:t>8,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,342</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>8,274</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>