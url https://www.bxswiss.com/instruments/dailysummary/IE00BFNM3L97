--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ec57e5551b34a5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R557072151052415c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda7ae6f86c0f46ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6990afb445c54500"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ffbe254ea84744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda7ae6f86c0f46ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0171ceef284148cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6990afb445c54500" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Japan Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3L97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>8,663</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>