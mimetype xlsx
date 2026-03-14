--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R557072151052415c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d3c0e3f775441ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6990afb445c54500"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf91ffcc90e914cba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0171ceef284148cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6990afb445c54500" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R211012aef4d84fde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf91ffcc90e914cba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Japan Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3L97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,672</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>8,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,789</x:t>
-[...485 lines deleted...]
-          <x:t>9,277</x:t>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>