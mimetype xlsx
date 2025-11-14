--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b9aa8e7c6e641d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d27b950403e4e72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc13458a1b3ed404b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55db780bbac74ddf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6143aa9c90a744db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc13458a1b3ed404b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57a5522a42614d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55db780bbac74ddf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3K80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>10,716</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,725</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>10,818</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>