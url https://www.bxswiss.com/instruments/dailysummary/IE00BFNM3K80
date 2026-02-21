--- v1 (2025-11-14)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d27b950403e4e72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7860b7f7d2704a2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55db780bbac74ddf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra03247ce97054eed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57a5522a42614d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55db780bbac74ddf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red4a4bca2d2c4e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra03247ce97054eed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3K80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...571 lines deleted...]
-          <x:t>10,996</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,993</x:t>
-[...58 lines deleted...]
-          <x:t>10,968</x:t>
+          <x:t>11,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>