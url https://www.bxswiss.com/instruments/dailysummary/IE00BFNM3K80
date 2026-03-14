--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7860b7f7d2704a2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c31dd5db6214cfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra03247ce97054eed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R171a23425e3d499f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red4a4bca2d2c4e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra03247ce97054eed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R363cb1a10a6946cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R171a23425e3d499f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3K80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>11,059</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,140</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>11,258</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,184</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>11,401</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,256</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>04.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,278</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>11,311</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,264</x:t>
+          <x:t>11,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,736</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>