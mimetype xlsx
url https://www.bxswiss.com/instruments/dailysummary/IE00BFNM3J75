--- v0 (2025-10-29)
+++ v1 (2025-11-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91d29bae76104ff6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd46c5fe88fc84bcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R591df7c0616f41a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41d95e5fb2d04cc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7999457b95a470c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R591df7c0616f41a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fb8d1b779444058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41d95e5fb2d04cc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3J75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>9,526</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,374</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,714</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,524</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,533</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...224 lines deleted...]
-          <x:t>15.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,538</x:t>
-        </x:is>
-[...256 lines deleted...]
-          <x:t>9,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>