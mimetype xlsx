--- v1 (2025-11-18)
+++ v2 (2025-12-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd46c5fe88fc84bcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62377a2596864629" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41d95e5fb2d04cc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30151acaf96b4f07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fb8d1b779444058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41d95e5fb2d04cc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6b6fddda82847ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30151acaf96b4f07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3J75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...161 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,738</x:t>
-[...21 lines deleted...]
-          <x:t>9,756</x:t>
+          <x:t>9,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,711</x:t>
-[...382 lines deleted...]
-          <x:t>9,538</x:t>
+          <x:t>9,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>