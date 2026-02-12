--- v2 (2025-12-30)
+++ v3 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62377a2596864629" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2efbfaab6f334b4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30151acaf96b4f07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R095f9d985b5e4c38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6b6fddda82847ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30151acaf96b4f07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a48971d1d624286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R095f9d985b5e4c38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3J75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>9,789</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9,739</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>9,803</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,765</x:t>
-[...222 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>9,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,742</x:t>
-[...171 lines deleted...]
-          <x:t>9,778</x:t>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>