--- v3 (2026-02-12)
+++ v4 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2efbfaab6f334b4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb923090137c46a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R095f9d985b5e4c38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fe28d7fb4ee45ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a48971d1d624286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R095f9d985b5e4c38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45371c343dc54deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fe28d7fb4ee45ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3J75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>9,662</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,739</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>9,679</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,647</x:t>
-[...60 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>9,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,738</x:t>
-[...31 lines deleted...]
-          <x:t>9,498</x:t>
+          <x:t>9,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,530</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>9,718</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>