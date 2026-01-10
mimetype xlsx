--- v0 (2025-10-12)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc761d3e9d6bc4e9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97a3c82a286a47c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dcf47bef0e04435"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67eb53b4b5974e23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e3e951797854f7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dcf47bef0e04435" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c2dd6d1f787422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67eb53b4b5974e23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3G45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>13,781</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>