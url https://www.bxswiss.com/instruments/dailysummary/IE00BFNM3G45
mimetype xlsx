--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97a3c82a286a47c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra94f45f2277a4a54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67eb53b4b5974e23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23a2bb64a7ee4d38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c2dd6d1f787422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67eb53b4b5974e23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d1096acd2b04f18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23a2bb64a7ee4d38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3G45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>14,234</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,280</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>14,157</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,192</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>14,087</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.12.2025</x:t>
-[...235 lines deleted...]
-          <x:t>14,458</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>