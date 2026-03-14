--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra94f45f2277a4a54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6162476a0d4643ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23a2bb64a7ee4d38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rade99812fd214695"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d1096acd2b04f18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23a2bb64a7ee4d38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ce3415662b743d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rade99812fd214695" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3G45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>14,106</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,218</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>14,319</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,230</x:t>
-[...60 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>14,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,370</x:t>
-[...134 lines deleted...]
-          <x:t>14,121</x:t>
+          <x:t>14,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,020</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>14,152</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>