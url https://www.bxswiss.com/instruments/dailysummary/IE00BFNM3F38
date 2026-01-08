--- v0 (2025-10-04)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4401a94267034436" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e51a12160314832" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79b99f5c838e4a2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04fd5b7c338a40d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd02639b6f9484272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79b99f5c838e4a2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6abb5173c925445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04fd5b7c338a40d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Europe Screened UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3F38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>7,991</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>