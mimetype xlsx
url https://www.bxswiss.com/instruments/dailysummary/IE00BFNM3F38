--- v1 (2026-01-08)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e51a12160314832" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04fa19b916ae4a8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04fd5b7c338a40d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8c33aa2d92d47e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6abb5173c925445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04fd5b7c338a40d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54a040efef78447b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8c33aa2d92d47e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Europe Screened UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3F38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...392 lines deleted...]
-          <x:t>8,293</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,367</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>8,437</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,363</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>8,406</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>