--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04fa19b916ae4a8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f541e631a84d13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8c33aa2d92d47e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dcced8f5f3a4749"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54a040efef78447b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8c33aa2d92d47e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2024dfcd7b8d447b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dcced8f5f3a4749" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Europe Screened UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3F38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>8,367</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,298</x:t>
-[...80 lines deleted...]
-          <x:t>8,417</x:t>
+          <x:t>8,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,430</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>8,740</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>