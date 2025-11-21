--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b69e3bea4094a8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fe997c8ffa04336" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8174ac9937f04eef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R670ca62ebef84e9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R854b9c898f98426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8174ac9937f04eef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5606998544284eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R670ca62ebef84e9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Europe Screened UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3D14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,477</x:t>
-[...603 lines deleted...]
-          <x:t>9,581</x:t>
+          <x:t>9,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>