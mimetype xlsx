--- v1 (2025-11-21)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fe997c8ffa04336" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44ee4b885c184f5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R670ca62ebef84e9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3aa794e54074389"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5606998544284eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R670ca62ebef84e9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebf0ae47f248472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3aa794e54074389" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Europe Screened UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3D14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>9,644</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,631</x:t>
-[...367 lines deleted...]
-          <x:t>9,660</x:t>
+          <x:t>9,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,545</x:t>
-[...112 lines deleted...]
-          <x:t>9,440</x:t>
+          <x:t>9,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>