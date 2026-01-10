--- v2 (2026-01-08)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44ee4b885c184f5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R045acdf4f9024265" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3aa794e54074389"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde83418982ca40e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebf0ae47f248472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3aa794e54074389" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2899e23bf6e34c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde83418982ca40e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Europe Screened UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3D14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,235 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>9,685</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,657</x:t>
-[...16 lines deleted...]
-          <x:t>9,683</x:t>
+          <x:t>9,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,714</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,706</x:t>
@@ -602,31 +575,85 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>