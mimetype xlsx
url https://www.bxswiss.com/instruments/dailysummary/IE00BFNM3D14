--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R045acdf4f9024265" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73a39ff7eef643e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde83418982ca40e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb74c1f8958a4619"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2899e23bf6e34c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde83418982ca40e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f46ae6634e481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb74c1f8958a4619" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Europe Screened UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3D14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>10,169</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,082</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>10,201</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>