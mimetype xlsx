--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73a39ff7eef643e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R772ae9d5815444af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb74c1f8958a4619"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3201d3cf447341fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f46ae6634e481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb74c1f8958a4619" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09f816e070b342e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3201d3cf447341fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Europe Screened UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3D14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>10,164</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...226 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,166</x:t>
-[...274 lines deleted...]
-          <x:t>10,534</x:t>
+          <x:t>10,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>