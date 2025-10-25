--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27d6ab301d1a40a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f6c13ac85dc46da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R814448f6c9f44a81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re27f4aa7abd24256"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1349ce96bd8a4027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R814448f6c9f44a81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d414aa411ac431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re27f4aa7abd24256" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU Screened UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3C07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>7,835</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,876</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>7,987</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,950</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>7,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,990</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>