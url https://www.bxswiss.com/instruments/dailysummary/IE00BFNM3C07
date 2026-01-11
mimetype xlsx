--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f6c13ac85dc46da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc431c61e8ab04231" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re27f4aa7abd24256"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb56a495fa55f45bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d414aa411ac431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re27f4aa7abd24256" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33e8fd5f892845bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb56a495fa55f45bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU Screened UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3C07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>8,165</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,238</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>8,238</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,260</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>22.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,240</x:t>
-[...63 lines deleted...]
-          <x:t>8,249</x:t>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>