--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc431c61e8ab04231" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4965b33f3eb243bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb56a495fa55f45bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69a9ec566cbe4af1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33e8fd5f892845bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb56a495fa55f45bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca767da67c9849af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69a9ec566cbe4af1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU Screened UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3C07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>8,531</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,499</x:t>
+          <x:t>8,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,556</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>8,575</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>8,627</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,622</x:t>
+          <x:t>8,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>