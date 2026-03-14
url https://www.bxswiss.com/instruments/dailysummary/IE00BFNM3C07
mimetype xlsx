--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4965b33f3eb243bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1416dbf6a5e142c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69a9ec566cbe4af1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ea7ea8f7695405a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca767da67c9849af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69a9ec566cbe4af1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71ea8a0371ef4fd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ea7ea8f7695405a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU Screened UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3C07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>8,562</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,612</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>8,670</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,574</x:t>
-[...48 lines deleted...]
-          <x:t>8,504</x:t>
+          <x:t>8,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,576</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>8,831</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>