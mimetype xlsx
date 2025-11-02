--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1814f41d0ef412c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R748e46a234d0452d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R726931d062534c47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb01f04282e0d4dbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redea15522b20424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R726931d062534c47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97028d0e5a1e4a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb01f04282e0d4dbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFMNPS42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>57,464</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>57,885</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>