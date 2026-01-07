--- v1 (2025-11-02)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R748e46a234d0452d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3efcd080a42444a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb01f04282e0d4dbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e1a3960554c4e7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97028d0e5a1e4a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb01f04282e0d4dbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86e6334a67344b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e1a3960554c4e7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFMNPS42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>60,055</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>