--- v2 (2026-01-07)
+++ v3 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3efcd080a42444a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b80c90668f244e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e1a3960554c4e7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66b564f64cdb49d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86e6334a67344b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e1a3960554c4e7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99e0c498a33849d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66b564f64cdb49d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFMNPS42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,323</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>