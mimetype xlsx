--- v3 (2026-02-02)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b80c90668f244e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R271839dba7fb493d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66b564f64cdb49d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f8fb58717404037"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99e0c498a33849d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66b564f64cdb49d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66ce9da9d6164e43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f8fb58717404037" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFMNPS42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>