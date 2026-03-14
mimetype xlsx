--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R271839dba7fb493d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9ac2ab65b824632" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f8fb58717404037"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reba10de6e1b64042"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66ce9da9d6164e43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f8fb58717404037" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb3be17417fa4f3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reba10de6e1b64042" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFMNPS42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,069</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>