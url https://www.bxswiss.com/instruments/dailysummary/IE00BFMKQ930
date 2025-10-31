--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37dfc1a46f6443d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R413dc21a1cf14d42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R838cec8e5d984805"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68aa074327e2473e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a53741d84464fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R838cec8e5d984805" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eb1a6d4ebe24455" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68aa074327e2473e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers USD Corporate Bond Short Duration SRI PAB UCITS ETF 2C EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFMKQ930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>18,177</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,228</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>18,315</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,196</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>18,372</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,325</x:t>
-[...237 lines deleted...]
-          <x:t>18,221</x:t>
+          <x:t>18,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,252</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...229 lines deleted...]
-          <x:t>18,345</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,184</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>18,276</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>