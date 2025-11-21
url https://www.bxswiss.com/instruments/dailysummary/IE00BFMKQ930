--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R413dc21a1cf14d42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb5335b924484979" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68aa074327e2473e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea93d8c03c5f47ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eb1a6d4ebe24455" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68aa074327e2473e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f68b40343a94530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea93d8c03c5f47ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers USD Corporate Bond Short Duration SRI PAB UCITS ETF 2C EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFMKQ930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>18,297</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,183</x:t>
-        </x:is>
-[...624 lines deleted...]
-          <x:t>18,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>