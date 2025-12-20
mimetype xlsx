--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb5335b924484979" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd61c41e81e2744d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea93d8c03c5f47ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a7d10f5ec9d4ebd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f68b40343a94530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea93d8c03c5f47ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ff9900c29584b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a7d10f5ec9d4ebd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers USD Corporate Bond Short Duration SRI PAB UCITS ETF 2C EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFMKQ930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>18,122</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,079</x:t>
-[...43 lines deleted...]
-          <x:t>18,112</x:t>
+          <x:t>18,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,305</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>18,170</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,158</x:t>
-[...16 lines deleted...]
-          <x:t>18,193</x:t>
+          <x:t>18,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,176</x:t>
-[...274 lines deleted...]
-          <x:t>18,183</x:t>
+          <x:t>18,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>