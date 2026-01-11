--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd61c41e81e2744d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c22d96c6217465d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a7d10f5ec9d4ebd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R993ba3da820c4763"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ff9900c29584b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a7d10f5ec9d4ebd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra60738c2bbcf4858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R993ba3da820c4763" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers USD Corporate Bond Short Duration SRI PAB UCITS ETF 2C EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFMKQ930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,308</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>18,297</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>18,228</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,313</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,363</x:t>
-[...144 lines deleted...]
-          <x:t>18,313</x:t>
+          <x:t>18,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>