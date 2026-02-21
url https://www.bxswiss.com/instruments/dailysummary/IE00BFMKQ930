--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c22d96c6217465d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2309cea47685419d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R993ba3da820c4763"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1a56e8a6a7d4523"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra60738c2bbcf4858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R993ba3da820c4763" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dbe4652fb0e43c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1a56e8a6a7d4523" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers USD Corporate Bond Short Duration SRI PAB UCITS ETF 2C EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFMKQ930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>18,424</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,326</x:t>
-[...404 lines deleted...]
-          <x:t>18,290</x:t>
+          <x:t>18,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>