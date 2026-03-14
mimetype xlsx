--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2309cea47685419d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f2db9a16a754c0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1a56e8a6a7d4523"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80367cd5ecf64757"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dbe4652fb0e43c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1a56e8a6a7d4523" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1e7c4b69895406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80367cd5ecf64757" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers USD Corporate Bond Short Duration SRI PAB UCITS ETF 2C EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFMKQ930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,131</x:t>
-[...139 lines deleted...]
-          <x:t>17,957</x:t>
+          <x:t>17,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,982</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>18,038</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>