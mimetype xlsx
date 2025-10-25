--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fc42ffea94340aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27f24bc27e1e4648" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94ad6f7e850046fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd55d2f6b5ee84863"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fc1b76b9cce4df1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94ad6f7e850046fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfede0317eb674959" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd55d2f6b5ee84863" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI Japan IMI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFM15T99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>7,296</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,284</x:t>
-[...16 lines deleted...]
-          <x:t>7,304</x:t>
+          <x:t>7,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,315</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>7,325</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,275</x:t>
-[...124 lines deleted...]
-          <x:t>7,394</x:t>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,456</x:t>
-        </x:is>
-[...278 lines deleted...]
-          <x:t>7,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>