--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27f24bc27e1e4648" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e91d14fa05f470f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd55d2f6b5ee84863"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R430879909b1b404b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfede0317eb674959" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd55d2f6b5ee84863" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd5a19fc4952480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R430879909b1b404b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI Japan IMI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFM15T99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,355</x:t>
-[...178 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>7,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,552</x:t>
-[...4 lines deleted...]
-          <x:t>7,430</x:t>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...370 lines deleted...]
-          <x:t>7,456</x:t>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>