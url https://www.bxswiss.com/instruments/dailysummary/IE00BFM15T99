--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e91d14fa05f470f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8da0cac0e52445c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R430879909b1b404b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae10b3ccb27b4819"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd5a19fc4952480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R430879909b1b404b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75b3fe58bd3243a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae10b3ccb27b4819" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI Japan IMI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFM15T99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>7,497</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,471</x:t>
-[...16 lines deleted...]
-          <x:t>7,508</x:t>
+          <x:t>7,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,470</x:t>
-[...146 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>7,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,579</x:t>
-[...21 lines deleted...]
-          <x:t>7,561</x:t>
+          <x:t>7,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,498</x:t>
-[...220 lines deleted...]
-          <x:t>7,563</x:t>
+          <x:t>7,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>