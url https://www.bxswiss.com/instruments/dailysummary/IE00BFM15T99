--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8da0cac0e52445c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R830270fecf4e4979" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae10b3ccb27b4819"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b5f9c8ad5644d4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75b3fe58bd3243a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae10b3ccb27b4819" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfac00186d34b433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b5f9c8ad5644d4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI Japan IMI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFM15T99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...436 lines deleted...]
-          <x:t>7,768</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,744</x:t>
-[...4 lines deleted...]
-          <x:t>7,922</x:t>
+          <x:t>8,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>