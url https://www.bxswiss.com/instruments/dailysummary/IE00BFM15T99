--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R830270fecf4e4979" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re77f1b24a2e841ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b5f9c8ad5644d4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49650f95314248aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfac00186d34b433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b5f9c8ad5644d4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0b106f7f66d49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49650f95314248aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI Japan IMI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFM15T99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>7,898</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,917</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>8,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>