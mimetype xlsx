--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4662f24d11664ec1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34d72b9011e04a1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d9d4e7b9e90449d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37a9b5ac53784628"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2211807f35fc49ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d9d4e7b9e90449d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R699fd99d33a1488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37a9b5ac53784628" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO US Short-Term High Yield Corporate Bond Index UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF8HV600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,631</x:t>
-[...26 lines deleted...]
-          <x:t>69,687</x:t>
+          <x:t>69,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,648</x:t>
-[...539 lines deleted...]
-          <x:t>69,607</x:t>
+          <x:t>69,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>