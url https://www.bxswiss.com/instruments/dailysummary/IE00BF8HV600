--- v1 (2025-10-24)
+++ v2 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34d72b9011e04a1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb56e3348772c4b38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37a9b5ac53784628"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R579b456888f54cb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R699fd99d33a1488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37a9b5ac53784628" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ba5bfad20a94aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R579b456888f54cb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO US Short-Term High Yield Corporate Bond Index UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF8HV600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>69,148</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,209</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>68,273</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>