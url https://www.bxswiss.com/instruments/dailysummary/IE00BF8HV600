--- v2 (2025-12-28)
+++ v3 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb56e3348772c4b38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c785651ae6c45fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R579b456888f54cb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb69a76ccb514bcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ba5bfad20a94aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R579b456888f54cb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fb04e58cf6c4e59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb69a76ccb514bcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO US Short-Term High Yield Corporate Bond Index UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF8HV600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,962</x:t>
-[...359 lines deleted...]
-        <x:is>
           <x:t>68,948</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>68,585</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>