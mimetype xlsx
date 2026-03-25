--- v3 (2026-02-10)
+++ v4 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c785651ae6c45fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca40a4b4fe9a4a9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb69a76ccb514bcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b3e9a7dc2654bef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fb04e58cf6c4e59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb69a76ccb514bcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcabf709ee4ee474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b3e9a7dc2654bef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO US Short-Term High Yield Corporate Bond Index UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF8HV600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>67,341</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>