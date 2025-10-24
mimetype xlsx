--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7251be7897eb4c96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb43871835664a13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R454de122ad44445b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a4b5d8f9e654a19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98c3357c9de445c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R454de122ad44445b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0759176d4184694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a4b5d8f9e654a19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II € Floating Rate Bond UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF5GB717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>5,071</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,070</x:t>
-[...11 lines deleted...]
-          <x:t>5,069</x:t>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,046</x:t>
-[...43 lines deleted...]
-          <x:t>5,071</x:t>
+          <x:t>5,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,050</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>5,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,092</x:t>
-[...468 lines deleted...]
-          <x:t>5,080</x:t>
+          <x:t>5,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>