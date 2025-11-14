--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb43871835664a13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc86f1a1dd7b4f21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a4b5d8f9e654a19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35d2432edc0d42af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0759176d4184694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a4b5d8f9e654a19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra04623d4b8e44405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35d2432edc0d42af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II € Floating Rate Bond UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF5GB717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,054</x:t>
-[...151 lines deleted...]
-          <x:t>5,074</x:t>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,062</x:t>
-[...11 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>5,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,101</x:t>
-[...21 lines deleted...]
-          <x:t>5,082</x:t>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,073</x:t>
-[...11 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>5,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,100</x:t>
-[...387 lines deleted...]
-          <x:t>5,087</x:t>
+          <x:t>5,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>