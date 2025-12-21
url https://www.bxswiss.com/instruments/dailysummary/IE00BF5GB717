--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc86f1a1dd7b4f21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8c5afebb9d94ac9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35d2432edc0d42af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R436478a8c85445de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra04623d4b8e44405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35d2432edc0d42af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re75c9da948264396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R436478a8c85445de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II € Floating Rate Bond UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF5GB717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...620 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,033</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,044</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,033</x:t>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>