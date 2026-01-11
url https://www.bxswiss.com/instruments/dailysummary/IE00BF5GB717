--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8c5afebb9d94ac9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8271b6af9944e68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R436478a8c85445de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6335aa15d1446f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re75c9da948264396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R436478a8c85445de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd9381ab46c142d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6335aa15d1446f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II € Floating Rate Bond UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF5GB717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>5,038</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,023</x:t>
-[...16 lines deleted...]
-          <x:t>5,025</x:t>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,019</x:t>
-[...16 lines deleted...]
-          <x:t>5,034</x:t>
+          <x:t>5,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,028</x:t>
-[...11 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,039</x:t>
-[...43 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,043</x:t>
-[...21 lines deleted...]
-          <x:t>5,032</x:t>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,045</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>5,029</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,044</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...396 lines deleted...]
-          <x:t>5,036</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,028</x:t>
-[...4 lines deleted...]
-          <x:t>5,039</x:t>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>