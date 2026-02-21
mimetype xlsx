--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8271b6af9944e68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7c3c9a974be451c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6335aa15d1446f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bbf2a451314478d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd9381ab46c142d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6335aa15d1446f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5169516a8164d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bbf2a451314478d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II € Floating Rate Bond UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF5GB717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...247 lines deleted...]
-          <x:t>5,043</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,041</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>5,049</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>5,039</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,049</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>05.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,043</x:t>
-[...112 lines deleted...]
-          <x:t>5,046</x:t>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>