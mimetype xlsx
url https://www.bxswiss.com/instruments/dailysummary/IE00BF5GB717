--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7c3c9a974be451c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4619ab18ca748e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bbf2a451314478d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf2a7340a7104f61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5169516a8164d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bbf2a451314478d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radd07c9e25964ebb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf2a7340a7104f61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II € Floating Rate Bond UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF5GB717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>5,046</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,045</x:t>
-[...16 lines deleted...]
-          <x:t>5,020</x:t>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,020</x:t>
-[...16 lines deleted...]
-          <x:t>5,050</x:t>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,047</x:t>
-[...26 lines deleted...]
-          <x:t>5,048</x:t>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,052</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>5,051</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,049</x:t>
-[...70 lines deleted...]
-          <x:t>5,055</x:t>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,050</x:t>
-[...259 lines deleted...]
-          <x:t>5,058</x:t>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,050</x:t>
-[...92 lines deleted...]
-          <x:t>19.02.2026</x:t>
+          <x:t>5,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,082</x:t>
-[...36 lines deleted...]
-          <x:t>5,060</x:t>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>