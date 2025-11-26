--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73869a20f7de4dc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ddff5ad9b114bb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b148ccc493e4799"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c968b0771fc42ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae758246f5d94ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b148ccc493e4799" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18405b829d094f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c968b0771fc42ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II JP Morgan ESG USD EM Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF553838</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>6,136</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>