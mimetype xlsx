--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ddff5ad9b114bb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red28d1480466467d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c968b0771fc42ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22d1657ef7384636"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18405b829d094f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c968b0771fc42ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f8e385d557c4ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22d1657ef7384636" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II JP Morgan ESG USD EM Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF553838</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>6,232</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>6,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>6,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,250</x:t>
-[...38 lines deleted...]
-          <x:t>6,259</x:t>
+          <x:t>6,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,279</x:t>
-        </x:is>
-[...521 lines deleted...]
-          <x:t>6,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>