--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red28d1480466467d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8b3a6b3eb1d4e98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22d1657ef7384636"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf23477bcae6e4414"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f8e385d557c4ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22d1657ef7384636" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd39fb3b94d82463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf23477bcae6e4414" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II JP Morgan ESG USD EM Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF553838</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>6,223</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>6,254</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,245</x:t>
-[...16 lines deleted...]
-          <x:t>6,257</x:t>
+          <x:t>6,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,244</x:t>
-[...97 lines deleted...]
-          <x:t>6,275</x:t>
+          <x:t>6,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,269</x:t>
-[...11 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>6,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,295</x:t>
-[...124 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>6,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,296</x:t>
-[...63 lines deleted...]
-          <x:t>6,279</x:t>
+          <x:t>6,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>