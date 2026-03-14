--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8b3a6b3eb1d4e98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc47a04730aa142f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf23477bcae6e4414"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0175d74ebaa94f51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd39fb3b94d82463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf23477bcae6e4414" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbd8aa31f15a40e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0175d74ebaa94f51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II JP Morgan ESG USD EM Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF553838</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,311</x:t>
-[...16 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>6,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,305</x:t>
-[...124 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>6,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,271</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>6,386</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>