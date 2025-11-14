--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R480af693f4014563" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73f9e66a8cb04230" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e30a1e87c5647b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd9a2142cb64421c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38cf051344434d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e30a1e87c5647b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10d8c540196e4f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd9a2142cb64421c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core Global Aggregate Bond UCITS ETF GBP Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF540Y54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,984</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,979</x:t>
-[...21 lines deleted...]
-          <x:t>5,016</x:t>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,942</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,944</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...418 lines deleted...]
-          <x:t>4,982</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,968</x:t>
-[...161 lines deleted...]
-          <x:t>4,989</x:t>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>