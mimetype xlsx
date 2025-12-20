--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73f9e66a8cb04230" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84135ae8d8964af8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd9a2142cb64421c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d6cd18d661844a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10d8c540196e4f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd9a2142cb64421c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d8ac53e3c904f4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d6cd18d661844a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core Global Aggregate Bond UCITS ETF GBP Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF540Y54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>4,980</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,013</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,003</x:t>
-[...16 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,014</x:t>
-[...58 lines deleted...]
-          <x:t>4,968</x:t>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,974</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>4,999</x:t>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,984</x:t>
-[...75 lines deleted...]
-          <x:t>4,973</x:t>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,976</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...32 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,989</x:t>
-[...264 lines deleted...]
-          <x:t>4,952</x:t>
+          <x:t>4,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,976</x:t>
-        </x:is>
-[...89 lines deleted...]
-          <x:t>4,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>