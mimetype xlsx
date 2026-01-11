--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84135ae8d8964af8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca15d2b52c3043cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d6cd18d661844a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafe6b48963ef45ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d8ac53e3c904f4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d6cd18d661844a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50045a248a674633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafe6b48963ef45ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core Global Aggregate Bond UCITS ETF GBP Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF540Y54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>4,970</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,966</x:t>
-[...43 lines deleted...]
-          <x:t>5,003</x:t>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,997</x:t>
-[...205 lines deleted...]
-          <x:t>5,023</x:t>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,005</x:t>
-[...220 lines deleted...]
-          <x:t>4,976</x:t>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>