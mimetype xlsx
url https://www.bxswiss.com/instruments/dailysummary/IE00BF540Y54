--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca15d2b52c3043cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf712fabc5a446ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafe6b48963ef45ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a52a7f2d9924831"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50045a248a674633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafe6b48963ef45ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf845c422831e4d1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a52a7f2d9924831" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core Global Aggregate Bond UCITS ETF GBP Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF540Y54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>5,043</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>