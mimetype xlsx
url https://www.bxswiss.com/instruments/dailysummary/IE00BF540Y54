--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf712fabc5a446ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf430ef0e33ea4955" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a52a7f2d9924831"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5350b3f13424ca3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf845c422831e4d1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a52a7f2d9924831" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cb26551290340fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5350b3f13424ca3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core Global Aggregate Bond UCITS ETF GBP Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF540Y54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>4,937</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,916</x:t>
-[...75 lines deleted...]
-          <x:t>4,875</x:t>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,878</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>28.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,907</x:t>
-[...35 lines deleted...]
-        <x:is>
           <x:t>4,888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.01.2026</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,899</x:t>
-[...16 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,938</x:t>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,917</x:t>
-[...75 lines deleted...]
-          <x:t>4,855</x:t>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,872</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>4,842</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,861</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>4,909</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,886</x:t>
-[...188 lines deleted...]
-          <x:t>4,881</x:t>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>