--- v0 (2025-10-12)
+++ v1 (2025-11-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R000601a4bbfc469d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eea879408a64dfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cbf19cb93d64060"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70b519e945ee4416"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde333883a9914ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cbf19cb93d64060" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea9843abc1654878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70b519e945ee4416" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EUR IG Corporate Bond ESG UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF51K249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,383</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>17,330</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,334</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...32 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,380</x:t>
-[...16 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>17,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,332</x:t>
-        </x:is>
-[...472 lines deleted...]
-          <x:t>17,347</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>