--- v1 (2025-11-03)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eea879408a64dfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7985ad42417b4348" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70b519e945ee4416"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9942e2a20cb434d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea9843abc1654878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70b519e945ee4416" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51cb4e347ff44aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9942e2a20cb434d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EUR IG Corporate Bond ESG UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF51K249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>17,418</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,435</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>17,389</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,340</x:t>
-[...465 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>17,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,444</x:t>
-[...36 lines deleted...]
-          <x:t>17,332</x:t>
+          <x:t>17,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>