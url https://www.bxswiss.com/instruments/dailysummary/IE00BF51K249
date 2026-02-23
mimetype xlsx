--- v2 (2026-01-09)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7985ad42417b4348" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15f6b48a49ce40a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9942e2a20cb434d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref94a0101a3b4927"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51cb4e347ff44aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9942e2a20cb434d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82707847ecc44bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref94a0101a3b4927" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EUR IG Corporate Bond ESG UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF51K249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>17,308</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,216</x:t>
-[...60 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>17,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,184</x:t>
-[...53 lines deleted...]
-          <x:t>17,241</x:t>
+          <x:t>17,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,170</x:t>
-[...134 lines deleted...]
-          <x:t>17,260</x:t>
+          <x:t>17,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>