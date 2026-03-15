--- v3 (2026-02-23)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15f6b48a49ce40a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca3fa5aa09194787" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref94a0101a3b4927"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ab318d0fc0f4440"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82707847ecc44bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref94a0101a3b4927" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c7009f32a5d4c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ab318d0fc0f4440" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EUR IG Corporate Bond ESG UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF51K249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>17,142</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,114</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>17,071</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>17,045</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,025</x:t>
-[...53 lines deleted...]
-          <x:t>17,006</x:t>
+          <x:t>17,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,040</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>17,168</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,060</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,060</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...262 lines deleted...]
-          <x:t>17,061</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>