--- v0 (2025-10-07)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc78aacda8de44dcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88c0c384ca4d4280" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51592bed95e74957"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63f3604901e74ce9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra27b5eadce474677" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51592bed95e74957" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb940cb8789064082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63f3604901e74ce9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI World Small Cap UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF4RFH31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>7,136</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,456</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>