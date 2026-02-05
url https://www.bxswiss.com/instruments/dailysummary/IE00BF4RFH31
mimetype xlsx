--- v1 (2026-01-08)
+++ v2 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88c0c384ca4d4280" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R398342a81cd7454e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63f3604901e74ce9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2462b0de7f0447f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb940cb8789064082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63f3604901e74ce9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R755433e00c23445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2462b0de7f0447f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI World Small Cap UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF4RFH31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,438 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,290</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>7,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,345</x:t>
         </x:is>
       </x:c>
@@ -602,31 +224,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>