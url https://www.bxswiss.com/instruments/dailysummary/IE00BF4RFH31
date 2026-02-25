--- v2 (2026-02-05)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R398342a81cd7454e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe0caad962d04fd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2462b0de7f0447f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8238a48e64ef433f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R755433e00c23445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2462b0de7f0447f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31e2eee3f643431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8238a48e64ef433f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI World Small Cap UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF4RFH31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>7,250</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,243</x:t>
-[...26 lines deleted...]
-          <x:t>7,333</x:t>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,412</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>7,512</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,604</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>7,636</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,612</x:t>
-[...60 lines deleted...]
-          <x:t>19.01.2026</x:t>
+          <x:t>7,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,649</x:t>
-[...333 lines deleted...]
-          <x:t>7,522</x:t>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>