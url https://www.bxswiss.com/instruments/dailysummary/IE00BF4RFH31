--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe0caad962d04fd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R215bf773924a4d3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8238a48e64ef433f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75fc0adaa8a04baa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31e2eee3f643431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8238a48e64ef433f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc18eec98a34e4fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75fc0adaa8a04baa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI World Small Cap UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF4RFH31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>7,457</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,354</x:t>
-[...38 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>7,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,514</x:t>
-[...441 lines deleted...]
-          <x:t>7,645</x:t>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>