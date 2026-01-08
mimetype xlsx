--- v0 (2025-10-14)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9706e1e337e4c02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1d2bda37b7b453b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb567c22a42734c5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4cab94c42954f55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re60c817bae0d494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb567c22a42734c5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R807dc2e1de0b49a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4cab94c42954f55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan US Research Enhanced Index Equity ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF4G7076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>52,682</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>