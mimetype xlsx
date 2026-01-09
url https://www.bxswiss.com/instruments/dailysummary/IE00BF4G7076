--- v1 (2026-01-08)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1d2bda37b7b453b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6766d599f4714eaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4cab94c42954f55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f2e1eea88344025"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R807dc2e1de0b49a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4cab94c42954f55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8371bd98bda4103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f2e1eea88344025" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan US Research Enhanced Index Equity ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF4G7076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,200</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>