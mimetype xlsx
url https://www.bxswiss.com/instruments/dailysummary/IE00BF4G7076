--- v2 (2026-01-09)
+++ v3 (2026-02-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6766d599f4714eaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08f02c9f4a5f42e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f2e1eea88344025"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd493c9b6026f4090"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8371bd98bda4103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f2e1eea88344025" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd979538bdb304ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd493c9b6026f4090" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan US Research Enhanced Index Equity ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF4G7076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>53,641</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,691</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>55,125</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>