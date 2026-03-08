--- v3 (2026-02-15)
+++ v4 (2026-03-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08f02c9f4a5f42e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R686f29d8d7ff4731" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd493c9b6026f4090"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d5e3fd3618d4fb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,704 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd979538bdb304ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd493c9b6026f4090" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3099c035a32a4043" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d5e3fd3618d4fb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>JPMorgan US Research Enhanced Index Equity ESG UCITS ETF Acc</x:t>
+          <x:t>JPMorgan US Research Enhanced Index Equity ESG UCITS ETF Acc  (actively managed ETF)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF4G7076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>54,042</x:t>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,479</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>52,839</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>