--- v4 (2026-03-08)
+++ v5 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R686f29d8d7ff4731" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8235314e7be40cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d5e3fd3618d4fb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcdf3b334bf649ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3099c035a32a4043" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d5e3fd3618d4fb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57d8557a67a946f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcdf3b334bf649ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan US Research Enhanced Index Equity ESG UCITS ETF Acc  (actively managed ETF)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF4G7076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...193 lines deleted...]
-          <x:t>52,821</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,396</x:t>
-[...409 lines deleted...]
-          <x:t>52,601</x:t>
+          <x:t>52,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>