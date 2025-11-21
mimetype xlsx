--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R338ba61d76f0475e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59fc0c8cc7ae42c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cae707e13f84ea0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R583fff4142c447c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05416dcafed547a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cae707e13f84ea0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d4e760e998e4cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R583fff4142c447c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II $ High Yield Corp Bond UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF3N7102</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>3,822</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,810</x:t>
-[...6 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>3,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,825</x:t>
-[...107 lines deleted...]
-          <x:t>3,801</x:t>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,785</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>3,802</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,782</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,795</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...101 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,767</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>3,794</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,781</x:t>
-[...16 lines deleted...]
-          <x:t>3,794</x:t>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,764</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>3,771</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>