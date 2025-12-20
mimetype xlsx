--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59fc0c8cc7ae42c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08256fb513c84cd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R583fff4142c447c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fe4b52edfc14ea8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d4e760e998e4cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R583fff4142c447c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0a64616e5ed449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fe4b52edfc14ea8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II $ High Yield Corp Bond UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF3N7102</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...517 lines deleted...]
-          <x:t>3,607</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,605</x:t>
-[...16 lines deleted...]
-          <x:t>3,633</x:t>
+          <x:t>3,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,620</x:t>
-[...38 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,659</x:t>
-[...36 lines deleted...]
-          <x:t>3,663</x:t>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>