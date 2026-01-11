--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08256fb513c84cd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R929f6e91fdc34353" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fe4b52edfc14ea8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cb0774d701d4880"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0a64616e5ed449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fe4b52edfc14ea8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aaf5b8da8cd4092" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cb0774d701d4880" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II $ High Yield Corp Bond UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF3N7102</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>3,682</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,660</x:t>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,695</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>3,684</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,703</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>28.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,721</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>3,710</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,702</x:t>
-[...43 lines deleted...]
-          <x:t>3,725</x:t>
+          <x:t>3,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,727</x:t>
-        </x:is>
-[...278 lines deleted...]
-          <x:t>3,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>