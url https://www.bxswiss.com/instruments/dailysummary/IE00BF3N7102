--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R929f6e91fdc34353" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d87902e74a54ced" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cb0774d701d4880"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2335274ab18e44b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aaf5b8da8cd4092" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cb0774d701d4880" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30daede8a6394228" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2335274ab18e44b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II $ High Yield Corp Bond UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF3N7102</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,714</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>15.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,716</x:t>
-[...4 lines deleted...]
-          <x:t>3,701</x:t>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,713</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>3,700</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,703</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>3,716</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,696</x:t>
-[...43 lines deleted...]
-          <x:t>3,707</x:t>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,685</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>3,727</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>