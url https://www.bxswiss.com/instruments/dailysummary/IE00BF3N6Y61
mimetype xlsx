--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b0dd43b1cd64ba6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra43ebac1242749e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ab028b3b1904b09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc01fba76216c4e8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R948d4a9a336747ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ab028b3b1904b09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cac2dd237a647c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc01fba76216c4e8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares $ Corp Bond UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF3N6Y61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,772</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>3,783</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,766</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>3,762</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,738</x:t>
-[...269 lines deleted...]
-          <x:t>3,762</x:t>
+          <x:t>3,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,765</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.10.2025</x:t>
-[...289 lines deleted...]
-          <x:t>3,816</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>