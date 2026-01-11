--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra43ebac1242749e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbca6adf61d54ec3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc01fba76216c4e8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfb2e779ec0b43bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cac2dd237a647c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc01fba76216c4e8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4726bece7d644a2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfb2e779ec0b43bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares $ Corp Bond UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF3N6Y61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,753</x:t>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,743</x:t>
-[...497 lines deleted...]
-          <x:t>3,707</x:t>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,714</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>3,717</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>