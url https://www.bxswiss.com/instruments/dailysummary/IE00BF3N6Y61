--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbca6adf61d54ec3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3dce059b7834013" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfb2e779ec0b43bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2babe943b0dc4992"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4726bece7d644a2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfb2e779ec0b43bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae1c267474994558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2babe943b0dc4992" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares $ Corp Bond UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF3N6Y61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3,759</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,768</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>3,730</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,719</x:t>
-[...409 lines deleted...]
-          <x:t>3,721</x:t>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>