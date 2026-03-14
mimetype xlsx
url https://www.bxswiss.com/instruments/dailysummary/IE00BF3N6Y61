--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3dce059b7834013" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46fc9136e7de40cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2babe943b0dc4992"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaba878c34f242fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae1c267474994558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2babe943b0dc4992" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f18a2a342294d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaba878c34f242fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares $ Corp Bond UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF3N6Y61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>3,686</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,702</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>3,704</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,689</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>3,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,712</x:t>
-[...571 lines deleted...]
-          <x:t>3,761</x:t>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>