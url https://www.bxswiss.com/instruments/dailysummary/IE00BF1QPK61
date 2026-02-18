--- v0 (2025-10-10)
+++ v1 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R499880c5356e4d90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd05327a628cb49ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27ea039699de4033"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafd14a9ce3fd4654"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f3ac005862c481e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27ea039699de4033" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10daf891d59142e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafd14a9ce3fd4654" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Bloomberg Global Aggregate Bond CHF Hdg UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF1QPK61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>27,554</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,537</x:t>
+          <x:t>27,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,603</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>27,572</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,639</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...273 lines deleted...]
-          <x:t>01.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,643</x:t>
-        </x:is>
-[...175 lines deleted...]
-          <x:t>27,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>