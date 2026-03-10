--- v1 (2026-02-18)
+++ v2 (2026-03-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd05327a628cb49ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf999fe6337284977" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafd14a9ce3fd4654"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68ef84a79ead4940"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10daf891d59142e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafd14a9ce3fd4654" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R860fd524db8547c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68ef84a79ead4940" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Bloomberg Global Aggregate Bond CHF Hdg UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF1QPK61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,449</x:t>
-[...178 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>27,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,494</x:t>
-[...387 lines deleted...]
-          <x:t>27,643</x:t>
+          <x:t>27,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>