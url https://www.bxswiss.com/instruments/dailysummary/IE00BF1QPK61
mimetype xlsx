--- v2 (2026-03-10)
+++ v3 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf999fe6337284977" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a1455eadf734009" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68ef84a79ead4940"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R337fffb729844d31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R860fd524db8547c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68ef84a79ead4940" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0022b4790af42b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R337fffb729844d31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Bloomberg Global Aggregate Bond CHF Hdg UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF1QPK61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...31 lines deleted...]
-          <x:t>27,415</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,462</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>13.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,633</x:t>
-[...441 lines deleted...]
-          <x:t>27,435</x:t>
+          <x:t>27,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>