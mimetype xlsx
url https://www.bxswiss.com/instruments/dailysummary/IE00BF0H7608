--- v0 (2025-10-07)
+++ v1 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R581f51e42e7d4a89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86a59d9a9207448d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c5d162205914df6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97cb443215a44cd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d54402a20f1440f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c5d162205914df6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71534d705d4a49b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97cb443215a44cd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Pharma Breakthrough UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF0H7608</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>10,413</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>