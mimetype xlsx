--- v1 (2025-12-19)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86a59d9a9207448d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7414bd6ab7c346c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97cb443215a44cd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R311145ec3e4a42e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71534d705d4a49b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97cb443215a44cd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19b22ca702704cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R311145ec3e4a42e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Pharma Breakthrough UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF0H7608</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>11,066</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,710</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>10,679</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,611</x:t>
-[...372 lines deleted...]
-          <x:t>10,981</x:t>
+          <x:t>10,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,959</x:t>
-[...134 lines deleted...]
-          <x:t>10,781</x:t>
+          <x:t>11,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,288</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>