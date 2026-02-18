--- v2 (2026-01-10)
+++ v3 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7414bd6ab7c346c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fa0c7d249cc4563" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R311145ec3e4a42e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7ce4a9e42e84742"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19b22ca702704cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R311145ec3e4a42e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bb6909f05f54987" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7ce4a9e42e84742" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Pharma Breakthrough UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF0H7608</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>10,895</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>10,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,843</x:t>
-[...151 lines deleted...]
-          <x:t>11,105</x:t>
+          <x:t>10,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,861</x:t>
-[...70 lines deleted...]
-          <x:t>10,867</x:t>
+          <x:t>10,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,718</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>11,288</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,689</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>