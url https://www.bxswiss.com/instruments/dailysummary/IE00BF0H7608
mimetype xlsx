--- v3 (2026-02-18)
+++ v4 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fa0c7d249cc4563" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ec07d36fe5641a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7ce4a9e42e84742"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cd2efba2d424247"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bb6909f05f54987" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7ce4a9e42e84742" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1218d0009a3b4abf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cd2efba2d424247" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Pharma Breakthrough UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF0H7608</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>10,545</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,552</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>26.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,721</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>10,599</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,485</x:t>
-[...151 lines deleted...]
-          <x:t>10,546</x:t>
+          <x:t>10,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,714</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>10,689</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>