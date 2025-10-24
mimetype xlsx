--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea6d37e45d5b4db4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98213e5619eb41b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R196b97e7dc37493b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fc839c3726f4489"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61878b7d418f4009" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R196b97e7dc37493b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01acfd2a3c2847e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fc839c3726f4489" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World SRI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDZZTM54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,242</x:t>
-[...80 lines deleted...]
-          <x:t>10,303</x:t>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,248</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>22.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,274</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...212 lines deleted...]
-          <x:t>10,454</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,499</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>10,434</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>