--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98213e5619eb41b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fe971c004304b25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fc839c3726f4489"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb463d127def4517"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01acfd2a3c2847e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fc839c3726f4489" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36a1bb55103f4a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb463d127def4517" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World SRI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDZZTM54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,274</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>30.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,370</x:t>
-[...43 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>10,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,499</x:t>
-[...4 lines deleted...]
-          <x:t>10,434</x:t>
+          <x:t>10,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,439</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>10,536</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,510</x:t>
-[...48 lines deleted...]
-          <x:t>10,461</x:t>
+          <x:t>10,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,384</x:t>
-        </x:is>
-[...300 lines deleted...]
-          <x:t>10,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>