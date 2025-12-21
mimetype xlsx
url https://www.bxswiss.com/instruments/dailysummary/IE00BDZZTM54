--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fe971c004304b25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07a39a6987274242" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb463d127def4517"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c4000d3fb3749c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36a1bb55103f4a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb463d127def4517" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re56ebfbdad7a41e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c4000d3fb3749c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World SRI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDZZTM54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>10,389</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,367</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>10,445</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...197 lines deleted...]
-          <x:t>31.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,523</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>10,384</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>