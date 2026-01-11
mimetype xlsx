--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07a39a6987274242" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda90dd814178491d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c4000d3fb3749c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d6c7badd039402a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re56ebfbdad7a41e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c4000d3fb3749c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87ec155a569c429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d6c7badd039402a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World SRI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDZZTM54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>10,436</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,403</x:t>
-[...53 lines deleted...]
-          <x:t>10,512</x:t>
+          <x:t>10,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,533</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>10.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,474</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>10,552</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>10,482</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,482</x:t>
-[...85 lines deleted...]
-          <x:t>10,552</x:t>
+          <x:t>10,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>