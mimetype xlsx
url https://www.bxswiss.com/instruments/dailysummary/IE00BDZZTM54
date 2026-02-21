--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda90dd814178491d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re63fb03ffa1b4050" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d6c7badd039402a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc16cee302e944083"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87ec155a569c429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d6c7badd039402a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf909e6b00bd0443b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc16cee302e944083" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World SRI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDZZTM54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>10,860</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>